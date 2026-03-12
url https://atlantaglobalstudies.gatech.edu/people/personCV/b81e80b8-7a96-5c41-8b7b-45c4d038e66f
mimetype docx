--- v0 (2025-10-28)
+++ v1 (2026-03-12)
@@ -3,229 +3,250 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3862AF60" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="006470D2" w:rsidRDefault="005F5412" w:rsidP="005F5412">
       <w:pPr>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CEED170" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="006470D2" w:rsidRDefault="005F5412" w:rsidP="005F5412">
       <w:pPr>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30E58E2E" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="009F7873" w:rsidP="005F5412">
       <w:pPr>
         <w:ind w:right="-720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mikulas Fabry</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718C420A" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="0004008A" w:rsidP="005F5412">
+    <w:p w14:paraId="718C420A" w14:textId="61495858" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="0004008A" w:rsidP="005F5412">
       <w:pPr>
         <w:ind w:right="-720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Associate</w:t>
       </w:r>
       <w:r w:rsidR="009F7873" w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Professor</w:t>
       </w:r>
       <w:r w:rsidR="00CB54F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Director of Undergraduate Programs</w:t>
+        <w:t xml:space="preserve"> and Director of Undergraduate </w:t>
+      </w:r>
+      <w:r w:rsidR="00323A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Studies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CCE76D7" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="009F7873" w:rsidP="005F5412">
       <w:pPr>
         <w:ind w:right="-720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sam Nunn School of International Affairs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07B1DDAA" w14:textId="37F84FEE" w:rsidR="0074099C" w:rsidRPr="00F02477" w:rsidRDefault="00AF6F97" w:rsidP="00F02477">
+    <w:p w14:paraId="07B1DDAA" w14:textId="0F2459F1" w:rsidR="0074099C" w:rsidRPr="00F02477" w:rsidRDefault="00AF6F97" w:rsidP="00F02477">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF6F97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CV </w:t>
       </w:r>
       <w:r w:rsidR="00227B31">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">updated </w:t>
       </w:r>
+      <w:r w:rsidR="00153011">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51614">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="001D18AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B658AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00553290">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/20</w:t>
+      </w:r>
       <w:r w:rsidR="00BA1F9B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...27 lines deleted...]
-        <w:t>20</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00813DD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF6F97">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D918824" w14:textId="77777777" w:rsidR="00957729" w:rsidRPr="00E40BC2" w:rsidRDefault="00957729" w:rsidP="005F5412">
+    <w:p w14:paraId="6320AE8F" w14:textId="77777777" w:rsidR="00F02477" w:rsidRDefault="00F02477" w:rsidP="009C39FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6320AE8F" w14:textId="77777777" w:rsidR="00F02477" w:rsidRDefault="00F02477" w:rsidP="009C39FF">
+    <w:p w14:paraId="016164A3" w14:textId="77777777" w:rsidR="001B569D" w:rsidRDefault="001B569D" w:rsidP="009C39FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77D589D9" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="009C39FF" w:rsidP="009C39FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -901,88 +922,945 @@
         <w:t>TEACHING</w:t>
       </w:r>
       <w:r w:rsidR="00152C05">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> AT GEORGIA TECH</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="732FF67E" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="005F5412" w:rsidP="005F5412">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12103E68" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="00BC2077" w:rsidP="009C39FF">
+    <w:p w14:paraId="12103E68" w14:textId="1B4BAD4F" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="00BC2077" w:rsidP="009C39FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Courses</w:t>
       </w:r>
       <w:r w:rsidR="009C39FF" w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Taught</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00825CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or Co-Taught</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1436CE5C" w14:textId="458E19C3" w:rsidR="00BC2077" w:rsidRDefault="00BC2077" w:rsidP="00BC2077">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EA55CE6" w14:textId="49F1AEDA" w:rsidR="0097250E" w:rsidRDefault="0097250E" w:rsidP="0097250E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2024: INTA 3110 US Foreign Policy (2</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7B08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081580E1" w14:textId="0B86127C" w:rsidR="00D12E94" w:rsidRDefault="00D12E94" w:rsidP="00BC2077">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Summer 2024: INTA 3031 Human Rights/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ISyE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Europe Study Abroad (18 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644F72C6" w14:textId="76CD2414" w:rsidR="009B5B42" w:rsidRDefault="009B5B42" w:rsidP="00825CC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2024: </w:t>
+      </w:r>
+      <w:r w:rsidR="007934FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTA 4903 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Directed Undergraduate Study (1 student)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F68068A" w14:textId="295C5A36" w:rsidR="00825CC1" w:rsidRDefault="00825CC1" w:rsidP="00825CC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2024: INTA 4500 Pro-Seminar </w:t>
+      </w:r>
+      <w:r w:rsidR="00624AB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(1</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5B42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00624AB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64CFBB4A" w14:textId="163C338E" w:rsidR="00825CC1" w:rsidRDefault="00825CC1" w:rsidP="00825CC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2024: INTA 3031 Human Rights </w:t>
+      </w:r>
+      <w:r w:rsidR="00624AB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A538B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E838E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00624AB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1050F9F3" w14:textId="0179F316" w:rsidR="00825CC1" w:rsidRDefault="00825CC1" w:rsidP="00825CC1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2024: INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Top</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ics: Human Rights </w:t>
+      </w:r>
+      <w:r w:rsidR="00624AB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(3 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C5F5243" w14:textId="0F5839BB" w:rsidR="00AF4F72" w:rsidRDefault="00AF4F72" w:rsidP="00AF4F72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2023: INTA 4060 International Law (9 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE39288" w14:textId="4D149CEC" w:rsidR="00AF4F72" w:rsidRDefault="00AF4F72" w:rsidP="00AF4F72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2023:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Topics: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>International Law (1 student</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E78D8F9" w14:textId="33014943" w:rsidR="00AF4F72" w:rsidRDefault="00AF4F72" w:rsidP="00AF4F72">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Summer 2023: INTA 3031 Human Rights/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ISyE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Europe Study Abroad (10 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C1BDEA" w14:textId="39FB5D30" w:rsidR="0083764A" w:rsidRDefault="0083764A" w:rsidP="0083764A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2023: INTA 2001 Careers in International Affairs (51 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9F9652" w14:textId="44C61535" w:rsidR="0083764A" w:rsidRDefault="0083764A" w:rsidP="0083764A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Spring 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00825CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: INTA 4500 Pro-Seminar (21 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7756993C" w14:textId="4B2EA0E2" w:rsidR="0083764A" w:rsidRDefault="0083764A" w:rsidP="0083764A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00825CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: INTA 3031 Human Rights (25 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50417DA5" w14:textId="3EF7DFBF" w:rsidR="0083764A" w:rsidRDefault="0083764A" w:rsidP="0083764A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00825CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Top</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ics: Human Rights (1 student)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8C101B" w14:textId="497D97D1" w:rsidR="0083764A" w:rsidRDefault="0083764A" w:rsidP="0083764A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2022: INTA 4060 International Law (14 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B52B246" w14:textId="70C83E79" w:rsidR="0083764A" w:rsidRDefault="0083764A" w:rsidP="0083764A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2022:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Topics: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>International Law (2 students</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10356DC1" w14:textId="00CAE14D" w:rsidR="0036062C" w:rsidRDefault="0036062C" w:rsidP="00DA58FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Summer 2022: INTA 3031 Human Rights/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ISyE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Europe Study Abroad (1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76B41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B61A6C6" w14:textId="3AD93262" w:rsidR="00D7685D" w:rsidRDefault="00D7685D" w:rsidP="00D7685D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2022: </w:t>
+      </w:r>
+      <w:r w:rsidR="007934FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTA 4903: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Directed Undergraduate Study (1 student)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E6824D0" w14:textId="7C6D8287" w:rsidR="00DA58FE" w:rsidRDefault="00DA58FE" w:rsidP="00DA58FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2022: INTA 3110 US Foreign Policy (2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A537E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C591607" w14:textId="1BF8214D" w:rsidR="00DA58FE" w:rsidRDefault="00DA58FE" w:rsidP="00DA58FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2022: INTA 2001 Careers in International Affairs (46 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="406CF10C" w14:textId="5495D801" w:rsidR="00DA58FE" w:rsidRDefault="00DA58FE" w:rsidP="00BC2077">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2022: INTA 4500 Pro-Seminar (9 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777F27D3" w14:textId="66FAD93D" w:rsidR="00B0337B" w:rsidRDefault="00B0337B" w:rsidP="00BC2077">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2021: INTA 3110 US Foreign Policy (29 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A36F763" w14:textId="20228DED" w:rsidR="002E17DB" w:rsidRDefault="002E17DB" w:rsidP="002E17DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2021: INTA 2001 Careers in International Affairs (4</w:t>
+      </w:r>
+      <w:r w:rsidR="00323A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79BD409E" w14:textId="64B0D0DD" w:rsidR="002E17DB" w:rsidRDefault="002E17DB" w:rsidP="002E17DB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2021: INTA 4500 Pro-Seminar (14 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="231E4213" w14:textId="03681E26" w:rsidR="00D07BC5" w:rsidRDefault="00D07BC5" w:rsidP="00D07BC5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2021: INTA 3031 Human Rights (2</w:t>
+      </w:r>
+      <w:r w:rsidR="00323A06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AD98D45" w14:textId="25F96E91" w:rsidR="00D07BC5" w:rsidRDefault="00D07BC5" w:rsidP="00D07BC5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2021: INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Top</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ics: Human Rights (3 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C88973F" w14:textId="577AE368" w:rsidR="00D07BC5" w:rsidRDefault="00D07BC5" w:rsidP="00D07BC5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2020: INTA 3110 US Foreign Policy (30 students)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7916772E" w14:textId="2FA17293" w:rsidR="00EF0081" w:rsidRDefault="00EF0081" w:rsidP="00EF0081">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Spring 2020: INTA 2001 Careers in International Affairs (56 students)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DE70E87" w14:textId="16E0EA08" w:rsidR="00EF0081" w:rsidRDefault="00EF0081" w:rsidP="00EF0081">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1332,2780 +2210,3374 @@
         <w:t xml:space="preserve"> student</w:t>
       </w:r>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="105F2A3B" w14:textId="77777777" w:rsidR="008977D8" w:rsidRDefault="008977D8" w:rsidP="00BC2077">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Fall 2018: INTA 3031 Human Rights (2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73674">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE3E3D7" w14:textId="77777777" w:rsidR="008977D8" w:rsidRDefault="008977D8" w:rsidP="00BC2077">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2018: INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Top</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ics: Human Rights (6 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA870BF" w14:textId="77777777" w:rsidR="008977D8" w:rsidRDefault="008977D8" w:rsidP="00BC2077">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2018: INTA 2001 Careers in International Affairs (69 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFA075C" w14:textId="77777777" w:rsidR="00725861" w:rsidRDefault="00725861" w:rsidP="00BC2077">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2018: INTA 3031 Human Rights (2</w:t>
+      </w:r>
+      <w:r w:rsidR="008977D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F92232" w14:textId="77777777" w:rsidR="00725861" w:rsidRDefault="00725861" w:rsidP="00BC2077">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2018: INTA 4500 Pro-Seminar (13 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A1C6D6" w14:textId="77777777" w:rsidR="006756FB" w:rsidRDefault="006756FB" w:rsidP="00BC2077">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2017: INTA 6102 International Relations Theory (19 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D55BE29" w14:textId="77777777" w:rsidR="00651026" w:rsidRDefault="00651026" w:rsidP="00651026">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring </w:t>
+      </w:r>
+      <w:r w:rsidR="009B5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2017: INTA 3031 Human Rights (27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D6CEA21" w14:textId="77777777" w:rsidR="00651026" w:rsidRDefault="00651026" w:rsidP="00651026">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2017: INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Top</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ics: Human Rights (5 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565EFFE1" w14:textId="77777777" w:rsidR="00651026" w:rsidRDefault="00D0241F" w:rsidP="00651026">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2017</w:t>
+      </w:r>
+      <w:r w:rsidR="00651026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5AA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> INTA 4060 International Law (11</w:t>
+      </w:r>
+      <w:r w:rsidR="00651026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="158B3960" w14:textId="77777777" w:rsidR="00651026" w:rsidRDefault="00D0241F" w:rsidP="00651026">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2017</w:t>
+      </w:r>
+      <w:r w:rsidR="00651026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00651026" w:rsidRPr="00B76C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00651026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidR="00651026" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Topics: </w:t>
+      </w:r>
+      <w:r w:rsidR="00651026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>International Law (4 students</w:t>
+      </w:r>
+      <w:r w:rsidR="00651026" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1924DB2A" w14:textId="77777777" w:rsidR="001F16F2" w:rsidRDefault="001F16F2" w:rsidP="001F16F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2016: INTA 3110 US Foreign Policy (38 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F89215" w14:textId="77777777" w:rsidR="001F16F2" w:rsidRDefault="001F16F2" w:rsidP="001F16F2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2016: INTA 2030 Ethi</w:t>
+      </w:r>
+      <w:r w:rsidR="00651026">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cs and International Affairs (84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C08EF78" w14:textId="77777777" w:rsidR="001F16F2" w:rsidRDefault="00CD5F69" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Summer 2016</w:t>
+      </w:r>
+      <w:r w:rsidR="001F16F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: INTA 2803 Human Rights in Europe/EU Study Abroad (14 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DD79F25" w14:textId="77777777" w:rsidR="009E4CA1" w:rsidRDefault="009E4CA1" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2016: INTA 3031 Human Rights (26 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74010C08" w14:textId="77777777" w:rsidR="009E4CA1" w:rsidRDefault="009E4CA1" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2016: INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Top</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ics: Human Rights (5 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67377495" w14:textId="77777777" w:rsidR="0070119E" w:rsidRDefault="0070119E" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2015: INTA 6102 International Relations Theory (19 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558064B3" w14:textId="77777777" w:rsidR="00C82844" w:rsidRDefault="00C82844" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Summer 2015: INTA 2803</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF17A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/4803/8803</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Human Rights in Europe/EU Study Abroad (23 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39A4086F" w14:textId="77777777" w:rsidR="008F3FE2" w:rsidRDefault="008F3FE2" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2015: INTA 4060 International Law (10 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E46942" w14:textId="77777777" w:rsidR="008F3FE2" w:rsidRDefault="00651026" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2015</w:t>
+      </w:r>
+      <w:r w:rsidR="008F3FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="008F3FE2" w:rsidRPr="00B76C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidR="008F3FE2" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Topics: </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>International Law (4 students</w:t>
+      </w:r>
+      <w:r w:rsidR="008F3FE2" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A6E823" w14:textId="77777777" w:rsidR="008F3FE2" w:rsidRDefault="008F3FE2" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2015: INTA 3031 Human Rights (24 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0324546B" w14:textId="51735272" w:rsidR="008F3FE2" w:rsidRDefault="008F3FE2" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2015: INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Top</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ics: Human Rights (1 student)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23C74E36" w14:textId="77777777" w:rsidR="000A7DB0" w:rsidRDefault="000A7DB0" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring 2014: INTA 4060 </w:t>
+      </w:r>
+      <w:r w:rsidR="0075578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>International Law (14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30103015" w14:textId="77777777" w:rsidR="000A7DB0" w:rsidRDefault="000A7DB0" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Fall 2018: INTA 3031 Human Rights (2</w:t>
+        <w:t>Spring 2014: INTA 8803 International Law (4 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78116486" w14:textId="77777777" w:rsidR="000A7DB0" w:rsidRDefault="000A7DB0" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2014: INTA 2030 Ethic</w:t>
+      </w:r>
+      <w:r w:rsidR="0075578B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s and International Affairs (104</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4A7326" w14:textId="77777777" w:rsidR="004156D3" w:rsidRDefault="00221AB6" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2013: INTA 6</w:t>
+      </w:r>
+      <w:r w:rsidR="004156D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>02</w:t>
+      </w:r>
+      <w:r w:rsidR="004156D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> International Relations Theory</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (21 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1930460F" w14:textId="77777777" w:rsidR="004156D3" w:rsidRDefault="004156D3" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2013: INTA 3031 Human Rights</w:t>
+      </w:r>
+      <w:r w:rsidR="000A7DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (20 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BFC6B56" w14:textId="77777777" w:rsidR="004156D3" w:rsidRDefault="004156D3" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2013: </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Top</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ics: Human Rights </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(2 students)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DAEC3CB" w14:textId="16F16A07" w:rsidR="00C831F5" w:rsidRDefault="00C831F5" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Summer 2013</w:t>
+      </w:r>
+      <w:r w:rsidR="003E22D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTA4803/8803</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Human Rights in Europe</w:t>
+      </w:r>
+      <w:r w:rsidR="003E22D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/EU Study Abroad</w:t>
+      </w:r>
+      <w:r w:rsidR="0097722F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7DB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(19 students</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449A1ED5" w14:textId="77777777" w:rsidR="002D261F" w:rsidRDefault="00221AB6" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2012</w:t>
+      </w:r>
+      <w:r w:rsidR="003E22D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: INTA 8903</w:t>
+      </w:r>
+      <w:r w:rsidR="00B12F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D261F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Directed </w:t>
+      </w:r>
+      <w:r w:rsidR="001F184F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Graduate </w:t>
+      </w:r>
+      <w:r w:rsidR="002D261F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Study</w:t>
+      </w:r>
+      <w:r w:rsidR="001F184F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B12F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001F184F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1 student</w:t>
+      </w:r>
+      <w:r w:rsidR="002D261F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679DB448" w14:textId="77777777" w:rsidR="00D6667E" w:rsidRDefault="00D6667E" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2012: INTA 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00226BA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>500 Pro-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E70F65">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00226BA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eminar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0363">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r w:rsidR="002D261F" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="281A255E" w14:textId="77777777" w:rsidR="00D6667E" w:rsidRDefault="00D6667E" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2012: INTA 3031 Human Rights </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0363">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r w:rsidR="002D261F" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E18609E" w14:textId="77777777" w:rsidR="00AD482D" w:rsidRDefault="00AD482D" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2012: </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Top</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ics: Human Rights</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="002D261F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r w:rsidR="002D261F" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583F3C3A" w14:textId="77777777" w:rsidR="00B76C6A" w:rsidRDefault="00B76C6A" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2011:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INT</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A 3031 Human Rights (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF66B12" w14:textId="77777777" w:rsidR="00B76C6A" w:rsidRDefault="00B76C6A" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2011:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTA </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Top</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ics: Human Rights (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64763787" w14:textId="77777777" w:rsidR="00B76C6A" w:rsidRDefault="00B76C6A" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2011:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4060 </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>International Law (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="263D1368" w14:textId="77777777" w:rsidR="00B76C6A" w:rsidRDefault="00B76C6A" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2011:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76C6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INTA </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Topics: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>International Law (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101E3CB3" w14:textId="77777777" w:rsidR="00A77F9E" w:rsidRDefault="00A77F9E" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2010: INTA 4500 Pro-seminar:</w:t>
+      </w:r>
+      <w:r w:rsidR="00664B6C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>he Politics of International Law (18</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="730B502D" w14:textId="77777777" w:rsidR="00A77F9E" w:rsidRDefault="00A77F9E" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2010: INTA 3031 Human Rights (29</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="140FD48C" w14:textId="77777777" w:rsidR="00A77F9E" w:rsidRDefault="00A77F9E" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2010: </w:t>
+      </w:r>
+      <w:r w:rsidR="003E22D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Top</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ics: Human Rights (3</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E59BEA0" w14:textId="77777777" w:rsidR="00BC2077" w:rsidRPr="00E40BC2" w:rsidRDefault="00BC2077" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2010: INTA 4060</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> International Law (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F2C9B5" w14:textId="77777777" w:rsidR="00BC2077" w:rsidRPr="00E40BC2" w:rsidRDefault="003E22D6" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2010: INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2077" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Topics: International Law (1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> student</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2077" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6430E677" w14:textId="77777777" w:rsidR="00BC2077" w:rsidRPr="00E40BC2" w:rsidRDefault="00BC2077" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2010: INTA</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3031 Human Rights (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>47</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819" w:rsidRPr="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>students</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43064889" w14:textId="77777777" w:rsidR="00981CF3" w:rsidRPr="00E40BC2" w:rsidRDefault="003E22D6" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2010: INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2077" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Topics: Human Rights (1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> student</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2077" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00981CF3" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6319796C" w14:textId="77777777" w:rsidR="00981CF3" w:rsidRPr="00E40BC2" w:rsidRDefault="00113110" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2009: INTA 2030</w:t>
+      </w:r>
+      <w:r w:rsidR="00981CF3" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ethics and Internation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>al Affairs (</w:t>
+      </w:r>
+      <w:r w:rsidR="00981CF3" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>46</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819" w:rsidRPr="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>students</w:t>
+      </w:r>
+      <w:r w:rsidR="00981CF3" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63541347" w14:textId="77777777" w:rsidR="00981CF3" w:rsidRPr="00E40BC2" w:rsidRDefault="00981CF3" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2009: INTA 2030 Ethics and International Affairs (170</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B746BFA" w14:textId="77777777" w:rsidR="00981CF3" w:rsidRPr="00E40BC2" w:rsidRDefault="00981CF3" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2009: INTA 3031 Human Rights (49</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5F1FDA" w14:textId="77777777" w:rsidR="00981CF3" w:rsidRPr="00E40BC2" w:rsidRDefault="003E22D6" w:rsidP="00311D62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Spring 2009: INTA 8803</w:t>
+      </w:r>
+      <w:r w:rsidR="00981CF3" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Special Topics: Human Rights (5</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> students</w:t>
+      </w:r>
+      <w:r w:rsidR="00981CF3" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5855B35A" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="006F7182" w:rsidRDefault="00113110" w:rsidP="00311D62">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fall 2008: INTA 2030</w:t>
+      </w:r>
+      <w:r w:rsidR="00981CF3" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ethics and</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> International Affairs (</w:t>
+      </w:r>
+      <w:r w:rsidR="00981CF3" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>181</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819" w:rsidRPr="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB5819">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>students</w:t>
+      </w:r>
+      <w:r w:rsidR="00981CF3" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ACE76A2" w14:textId="77777777" w:rsidR="00A54A7C" w:rsidRPr="00E40BC2" w:rsidRDefault="00A54A7C" w:rsidP="005F5412">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DAA171F" w14:textId="77777777" w:rsidR="00943815" w:rsidRDefault="00EC7EE5" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Individual Student Guidance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5145B3E3" w14:textId="10D0F494" w:rsidR="001E7364" w:rsidRDefault="001E7364" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12E8C64F" w14:textId="3F874709" w:rsidR="00131D7D" w:rsidRDefault="00131D7D" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M. Walker Brunner, directed independent study course</w:t>
+      </w:r>
+      <w:r w:rsidR="00D875D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (INTA 4</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>903</w:t>
+      </w:r>
+      <w:r w:rsidR="00D875D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="003C476D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>course</w:t>
+      </w:r>
+      <w:r w:rsidR="00844285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> title: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07C4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Jurisdiction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00423E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cyber</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2614">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00423E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pace</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” (Spring 2024)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0742674E" w14:textId="77777777" w:rsidR="00131D7D" w:rsidRDefault="00131D7D" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02A45F58" w14:textId="070C8B23" w:rsidR="00C84E71" w:rsidRDefault="00C84E71" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Evgeny Tikhonravov, Fulbright Development Fellow, course title: “Non-Recognition of Territorial Annexations in International Law” (Fall 2022)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D0706F" w14:textId="77777777" w:rsidR="00C84E71" w:rsidRDefault="00C84E71" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D285F0B" w14:textId="3C653989" w:rsidR="00400B84" w:rsidRDefault="00400B84" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Faiz Sy</w:t>
+      </w:r>
+      <w:r w:rsidR="000177B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00177525">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, directed independent study</w:t>
+      </w:r>
+      <w:r w:rsidR="00131D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> course</w:t>
+      </w:r>
+      <w:r w:rsidR="00D875D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (INTA 49</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>03</w:t>
+      </w:r>
+      <w:r w:rsidR="00D875D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidR="00177525">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C476D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>course</w:t>
+      </w:r>
+      <w:r w:rsidR="00844285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> title: </w:t>
+      </w:r>
+      <w:r w:rsidR="00177525">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="003C476D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Public Health and Religious Faith in International Affairs</w:t>
+      </w:r>
+      <w:r w:rsidR="00922A01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” (Spring 2022)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E39BFA" w14:textId="77777777" w:rsidR="00177525" w:rsidRDefault="00177525" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B438458" w14:textId="55EC7D0C" w:rsidR="00CF55A8" w:rsidRPr="001E7364" w:rsidRDefault="00CF55A8" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF55A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Parker Reed,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">directed undergraduate </w:t>
+      </w:r>
+      <w:r w:rsidR="00844285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>internship (INTA 469</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5ADF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00844285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Fall 2020)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E22C79" w14:textId="77777777" w:rsidR="00CF55A8" w:rsidRDefault="00CF55A8" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A12EB12" w14:textId="61F0F614" w:rsidR="00226BA8" w:rsidRDefault="00226BA8" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Emili Sabanovic,</w:t>
+      </w:r>
+      <w:r w:rsidR="00844285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> external</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> internship supervision (December 2017-</w:t>
       </w:r>
       <w:r w:rsidR="00A73674">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...28 lines deleted...]
-      </w:r>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>May 2018</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D1090D" w14:textId="77777777" w:rsidR="00F02477" w:rsidRDefault="00F02477" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="685506C5" w14:textId="759E25FB" w:rsidR="00A45B86" w:rsidRDefault="008B5602" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Olufunke Adeb</w:t>
+      </w:r>
+      <w:r w:rsidR="00A45B86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ola, dire</w:t>
+      </w:r>
+      <w:r w:rsidR="00256A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cted</w:t>
+      </w:r>
+      <w:r w:rsidR="00844285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informal</w:t>
+      </w:r>
+      <w:r w:rsidR="00256A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> graduate research (Summer</w:t>
+      </w:r>
+      <w:r w:rsidR="002E2580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-Fall</w:t>
+      </w:r>
+      <w:r w:rsidR="00A45B86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2013)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F1A59C" w14:textId="77777777" w:rsidR="00F02477" w:rsidRDefault="00F02477" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="716B16AE" w14:textId="2DC2947C" w:rsidR="00804CF9" w:rsidRDefault="00804CF9" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Angela </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Chesler,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> directed</w:t>
+      </w:r>
+      <w:r w:rsidR="006E5968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> undergraduate research</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Spring</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0730">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-Summer</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2013)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3451F637" w14:textId="77777777" w:rsidR="00F02477" w:rsidRDefault="00F02477" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="475F7020" w14:textId="593818AD" w:rsidR="00A73674" w:rsidRDefault="00804CF9" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jarrod Rifkind, directed</w:t>
+      </w:r>
+      <w:r w:rsidR="00F73182">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> independent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> study</w:t>
+      </w:r>
+      <w:r w:rsidR="00844285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> course (INTA 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00716091">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>903</w:t>
+      </w:r>
+      <w:r w:rsidR="00844285">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F011C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00370855">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>course</w:t>
+      </w:r>
+      <w:r w:rsidR="0006707F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> title:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A66CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C521F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="007C521F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Order, Law and Justice in International Relations: The Case of Humanitarian Intervention”</w:t>
+      </w:r>
+      <w:r w:rsidR="007C521F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A66CB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Fall 2012)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335D54CA" w14:textId="77777777" w:rsidR="00F02477" w:rsidRDefault="00F02477" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E8AA912" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="00FB7F3D" w:rsidRDefault="00EC7EE5" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...144 lines deleted...]
-        <w:t>Spring 2017: INTA 8803</w:t>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Elizabeth Anne Russell, M</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1E7C" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...32 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sc</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1E7C" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C521F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thesis committee, thesis t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>itle: “</w:t>
+      </w:r>
+      <w:r w:rsidR="002307ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seeing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the Refugee</w:t>
+      </w:r>
+      <w:r w:rsidR="002307ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: A Vantage Point from the Middle Ground</w:t>
+      </w:r>
+      <w:r w:rsidR="00943815">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” (August</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2009-</w:t>
+      </w:r>
+      <w:r w:rsidR="00921ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>May 2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4884C94B" w14:textId="77777777" w:rsidR="00256333" w:rsidRPr="00E40BC2" w:rsidRDefault="00256333" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="292B0D1A" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="009C39FF" w:rsidP="000854C3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Other Teaching Activities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2832E25C" w14:textId="77777777" w:rsidR="00F059E0" w:rsidRDefault="00F059E0" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FE7E262" w14:textId="5F9C43FA" w:rsidR="00B35F1E" w:rsidRDefault="00B35F1E" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Diplomacy Lab</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF05D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> project accepted for Spring 2025 INTA 3031</w:t>
+      </w:r>
+      <w:r w:rsidR="003A60DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Fall 2024)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2B34C2" w14:textId="77777777" w:rsidR="00B35F1E" w:rsidRDefault="00B35F1E" w:rsidP="001D7833">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14428FB0" w14:textId="41613B42" w:rsidR="001D7833" w:rsidRPr="00E40BC2" w:rsidRDefault="001D7833" w:rsidP="001D7833">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Retooled </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INTA 303</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for inclusion in the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ISyE</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Study Abroad in Ireland (Summer 2022)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DE352E" w14:textId="77777777" w:rsidR="001D7833" w:rsidRDefault="001D7833" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37D11E04" w14:textId="18D580B8" w:rsidR="00C16FF4" w:rsidRDefault="00A73674" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Led r</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16FF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>edesign</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16FF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> INTA 4500 from a theme-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C16FF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>based into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C16FF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> project-based course (Spring 2018)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C794F8D" w14:textId="77777777" w:rsidR="00C16FF4" w:rsidRDefault="00C16FF4" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04EDB4BC" w14:textId="51B7E052" w:rsidR="00350509" w:rsidRDefault="002D4997" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00350509">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>evelop</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidR="00350509">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a new course INTA 4803</w:t>
+      </w:r>
+      <w:r w:rsidR="001D7833">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="009B5AA2">
-[...187 lines deleted...]
-        <w:t>Spring 2016: INTA 8803</w:t>
+      <w:r w:rsidR="00350509">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Human Rights in Europe for </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0636">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00350509">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EU Study Abro</w:t>
+      </w:r>
+      <w:r w:rsidR="009F504E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00350509">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d Program (Spring 2013)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3B41FA" w14:textId="77777777" w:rsidR="00266D4D" w:rsidRDefault="00266D4D" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="325ED7B5" w14:textId="7A764CFF" w:rsidR="00424836" w:rsidRPr="00E40BC2" w:rsidRDefault="001E7364" w:rsidP="00EC7EE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Redesigned </w:t>
       </w:r>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Special Top</w:t>
-[...291 lines deleted...]
-      <w:r w:rsidR="004156D3">
+        <w:t>INTA 303</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
-      </w:r>
-[...2006 lines deleted...]
-        <w:t>1 Human Rights</w:t>
       </w:r>
       <w:r w:rsidR="00424836">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for inclusion in the leadership minor </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00424836">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Summer 2012</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -4387,394 +5859,276 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SCHOLARLY ACCOMPLISHMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F0990C6" w14:textId="77777777" w:rsidR="00743F7B" w:rsidRPr="00E40BC2" w:rsidRDefault="00743F7B" w:rsidP="000854C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13FDA3D2" w14:textId="6A65AE48" w:rsidR="006C15B6" w:rsidRPr="00671A68" w:rsidRDefault="006C15B6" w:rsidP="006C15B6">
+    <w:p w14:paraId="04827654" w14:textId="7DB8E471" w:rsidR="006C15B6" w:rsidRPr="00A40198" w:rsidRDefault="006C15B6" w:rsidP="00B76B41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00671A68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esearch in Progress</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04827654" w14:textId="77777777" w:rsidR="006C15B6" w:rsidRPr="00A40198" w:rsidRDefault="006C15B6" w:rsidP="006C15B6">
-[...49 lines deleted...]
-      <w:r w:rsidRPr="0091456F">
+    <w:p w14:paraId="15838E46" w14:textId="77777777" w:rsidR="006C15B6" w:rsidRDefault="006C15B6" w:rsidP="006C15B6">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE8AFAB" w14:textId="75530964" w:rsidR="006C15B6" w:rsidRDefault="006C15B6" w:rsidP="00F51614">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00671A68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-[...35 lines deleted...]
-          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Norm of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Territorial Integrity in International Relations</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (a book manuscript</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be submitted to Cambridge University Press</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF50A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC5E5E">
-[...133 lines deleted...]
-    <w:p w14:paraId="0FE8AFAB" w14:textId="77777777" w:rsidR="006C15B6" w:rsidRDefault="006C15B6" w:rsidP="000854C3">
+    </w:p>
+    <w:p w14:paraId="3032FDF4" w14:textId="77777777" w:rsidR="00852450" w:rsidRDefault="00852450" w:rsidP="000854C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D03BB3F" w14:textId="6CA7F31C" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="00812EF2" w:rsidP="000854C3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Books </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33332605" w14:textId="77777777" w:rsidR="00D35902" w:rsidRDefault="00D35902" w:rsidP="00D35902">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C466841" w14:textId="04A2CFA3" w:rsidR="00D35902" w:rsidRDefault="00D35902" w:rsidP="00D35902">
+    <w:p w14:paraId="4C466841" w14:textId="13E594C1" w:rsidR="00D35902" w:rsidRDefault="00D35902" w:rsidP="00D35902">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F09E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Secession and State Creation</w:t>
       </w:r>
       <w:r w:rsidR="009579C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: What Everyone Needs to Know</w:t>
       </w:r>
       <w:r w:rsidR="00243B0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>with James Ker-Lindsay (Oxford University Press, forthcoming)</w:t>
+        <w:t xml:space="preserve">with James Ker-Lindsay (Oxford University Press, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF50A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00485094">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF50A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="441A68AB" w14:textId="77777777" w:rsidR="00E40BC2" w:rsidRPr="00E40BC2" w:rsidRDefault="00E40BC2" w:rsidP="00E40BC2">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rStyle w:val="regular1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="442E46E8" w14:textId="77777777" w:rsidR="00DB2F96" w:rsidRDefault="00E40BC2" w:rsidP="00E40BC2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
@@ -4796,50 +6150,85 @@
       <w:r w:rsidR="00D345C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DB2F96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00DB2F96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="682E4D08" w14:textId="77777777" w:rsidR="008D4236" w:rsidRDefault="008D4236" w:rsidP="00E40BC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7561697C" w14:textId="057EA1A8" w:rsidR="008D4236" w:rsidRDefault="008D4236" w:rsidP="00E40BC2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Tr</w:t>
+      </w:r>
+      <w:r w:rsidR="00456078">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>anslated into Albanian</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="3E630381" w14:textId="77777777" w:rsidR="00DB2F96" w:rsidRDefault="00DB2F96" w:rsidP="00E40BC2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="778A41CE" w14:textId="77777777" w:rsidR="00E40BC2" w:rsidRPr="00E40BC2" w:rsidRDefault="00DB2F96" w:rsidP="00243B0B">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Reviewed in </w:t>
@@ -5051,181 +6440,394 @@
     <w:p w14:paraId="0E0B62CA" w14:textId="77777777" w:rsidR="00DB2F96" w:rsidRDefault="00DB2F96" w:rsidP="00E40BC2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65D9A909" w14:textId="77777777" w:rsidR="000912C0" w:rsidRDefault="00812EF2" w:rsidP="000912C0">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Refereed Book Chapters</w:t>
+        <w:t>Refereed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Book Chapters</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6593BC76" w14:textId="77777777" w:rsidR="0076734B" w:rsidRDefault="0076734B" w:rsidP="00B50C8F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1031D9D7" w14:textId="77777777" w:rsidR="0076734B" w:rsidRDefault="0076734B" w:rsidP="0076734B">
+    <w:p w14:paraId="303C6304" w14:textId="67B4F98A" w:rsidR="007B211C" w:rsidRDefault="00DE5EA0" w:rsidP="00DE5EA0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“The Impact of the Stimson Doctrine of Non-Recognition on International Society</w:t>
+      </w:r>
+      <w:r w:rsidR="007B211C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="007B211C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B211C" w:rsidRPr="00A53D87">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in Cornelia Navari and Yannis Stivachtis (eds.), </w:t>
+      </w:r>
+      <w:r w:rsidR="00B561DF">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
-[...10 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Twentieth</w:t>
+      </w:r>
+      <w:r w:rsidR="007B211C" w:rsidRPr="00A53D87">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Century America in the Society of States</w:t>
+      </w:r>
+      <w:r w:rsidR="007B211C" w:rsidRPr="00A53D87">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:iCs/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A40198">
+        </w:rPr>
+        <w:t xml:space="preserve"> (Routledge, </w:t>
+      </w:r>
+      <w:r w:rsidR="007B211C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:iCs/>
+        </w:rPr>
+        <w:t>forthcoming</w:t>
+      </w:r>
+      <w:r w:rsidR="007B211C" w:rsidRPr="00A53D87">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="007B211C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16171FF6" w14:textId="77777777" w:rsidR="0076734B" w:rsidRDefault="0076734B" w:rsidP="00B50C8F">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00A40198">
+    <w:p w14:paraId="21D17009" w14:textId="62AD5FAD" w:rsidR="00DE5EA0" w:rsidRPr="00852450" w:rsidRDefault="00DE5EA0" w:rsidP="00DE5EA0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="90"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AF1AAF" w14:textId="2293BD68" w:rsidR="005263D3" w:rsidRPr="00A53D87" w:rsidRDefault="00A53D87" w:rsidP="0076734B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="90"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A53D87">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“The United States and the Liberal Transformation of International Society in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64663">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Nineteenth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53D87">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Century: The Institution of Sovereignty,” in Cornelia Navari and Yannis Stivachtis (eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53D87">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Nineteenth Century America in the Society of States</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64663">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>: Reluctant Power</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53D87">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Routledge, </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3CE2">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53D87">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A53D87">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCB01E4" w14:textId="77777777" w:rsidR="00A53D87" w:rsidRDefault="00A53D87" w:rsidP="0076734B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="90"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1031D9D7" w14:textId="3972D701" w:rsidR="0076734B" w:rsidRDefault="0076734B" w:rsidP="0076734B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="90"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058547A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Theory of State Recogni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tion: A Contemporary Assessment,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058547A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Matt Qvortrup (ed.),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D81DFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nationalism, Referendums and Independence</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, new and updated edition </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(Routledge, 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40198">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16171FF6" w14:textId="77777777" w:rsidR="0076734B" w:rsidRDefault="0076734B" w:rsidP="00B50C8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EA3B73E" w14:textId="6FB1E124" w:rsidR="000912C0" w:rsidRPr="00B50C8F" w:rsidRDefault="000912C0" w:rsidP="00B50C8F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A40198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“The Evolution of State Recognition,” in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40198">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gëzim Visoka, John Doyle and Edward Newman (eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A40198">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve">The Routledge Handbook of State Recognition </w:t>
       </w:r>
       <w:r w:rsidRPr="00A40198">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00875861">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t>Routledge,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A40198">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019)</w:t>
       </w:r>
       <w:r w:rsidR="00B50C8F">
         <w:rPr>
@@ -5344,75 +6946,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6484BD87" w14:textId="77777777" w:rsidR="0081645E" w:rsidRDefault="0081645E" w:rsidP="003452FF"/>
     <w:p w14:paraId="5367D70F" w14:textId="60CBF725" w:rsidR="003452FF" w:rsidRPr="00B7406F" w:rsidRDefault="003452FF" w:rsidP="003452FF">
       <w:r w:rsidRPr="00945A39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Unrecognized States and National Identity,”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Martin </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> (eds.)</w:t>
+        <w:t>Martin Riegl and Bohumil Doboš (eds.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A179CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A179CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Unrecognized States and Secession in the 21st Century</w:t>
       </w:r>
       <w:r w:rsidRPr="00A179CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Springer, 2</w:t>
       </w:r>
       <w:r>
@@ -5425,71 +7003,51 @@
       <w:r w:rsidRPr="00A179CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51B22D52" w14:textId="77777777" w:rsidR="00817839" w:rsidRPr="00A81B3B" w:rsidRDefault="00817839" w:rsidP="003452FF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A81B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">“The Right to Self-determination as a Claim to Independence in International Practice,” in Uriel </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> and Karl Cordell (eds.), </w:t>
+        <w:t xml:space="preserve">“The Right to Self-determination as a Claim to Independence in International Practice,” in Uriel Abulof and Karl Cordell (eds.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00A81B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Self-Determination in the Early Twenty First Century: A Double</w:t>
       </w:r>
       <w:r w:rsidR="00A73674">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00A81B3B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
@@ -5647,291 +7205,226 @@
         </w:rPr>
         <w:t xml:space="preserve">Aleksandar </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00812EF2" w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rStyle w:val="regular1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>Pavkovic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00812EF2" w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rStyle w:val="regular1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Peter </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> and Peter Radan (eds.), </w:t>
+      </w:r>
       <w:r w:rsidR="00812EF2" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ashgate Research Companion to Secession</w:t>
+      </w:r>
+      <w:r w:rsidR="00812EF2" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0216">
         <w:rPr>
           <w:rStyle w:val="regular1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>Radan</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Ashgate Publishers, 2011</w:t>
+      </w:r>
       <w:r w:rsidR="00812EF2" w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rStyle w:val="regular1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (eds.), </w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="00812EF2" w:rsidRPr="00E40BC2">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E54715" w14:textId="77777777" w:rsidR="00812EF2" w:rsidRPr="00E40BC2" w:rsidRDefault="00812EF2" w:rsidP="00E40BC2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="90"/>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AE4DEFF" w14:textId="1A65A964" w:rsidR="00E40BC2" w:rsidRPr="00E40BC2" w:rsidRDefault="00E40BC2" w:rsidP="00E40BC2">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003D0216">
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Secession and State Recognition in International Relations and Law,” in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rStyle w:val="regular1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>Ashgate Publishers, 2011</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00812EF2" w:rsidRPr="00E40BC2">
+        <w:t xml:space="preserve">Aleksandar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rStyle w:val="regular1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>).</w:t>
-[...37 lines deleted...]
-      </w:r>
+        <w:t>Pavkovic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rStyle w:val="regular1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aleksandar </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> and Peter Radan (eds.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t>On the Way to Statehood: Secession and Globalization</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ja-JP"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rStyle w:val="regular1"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
-        <w:t>Pavkovic</w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t>Ashgate Publishers, 2008).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="494BCBD4" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="005F5412" w:rsidP="00E40BC2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BD77322" w14:textId="338F3D70" w:rsidR="005F5412" w:rsidRPr="001A0B92" w:rsidRDefault="00E40BC2" w:rsidP="001A0B92">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">“International Norms of Territorial Integrity and the Balkan Wars of the 1990s,” in Jeffrey Morton, Stefano </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">, Craig Nation and Paul Forage (eds.), </w:t>
+        <w:t xml:space="preserve">“International Norms of Territorial Integrity and the Balkan Wars of the 1990s,” in Jeffrey Morton, Stefano Bianchini, Craig Nation and Paul Forage (eds.), </w:t>
       </w:r>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reflections on the Balkan Wars: Ten Years After the Break-Up of Yugoslavia</w:t>
       </w:r>
       <w:r w:rsidR="00B220A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Palgrave Macmillan Press, 2004)</w:t>
       </w:r>
       <w:r w:rsidR="00D345C1">
@@ -5958,85 +7451,227 @@
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="720" w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35BA65EC" w14:textId="77777777" w:rsidR="003437E3" w:rsidRPr="00AC0C6B" w:rsidRDefault="00E40BC2" w:rsidP="00AC0C6B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Refereed Journal Publications</w:t>
+        <w:t>Refereed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Journal Publications</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AE4E234" w14:textId="77777777" w:rsidR="00964B03" w:rsidRPr="00E40BC2" w:rsidRDefault="00964B03" w:rsidP="009C39FF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="90"/>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1530"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49C6CC11" w14:textId="77777777" w:rsidR="002242B1" w:rsidRPr="00945A39" w:rsidRDefault="002242B1" w:rsidP="006775D6">
+    <w:p w14:paraId="35E2546A" w14:textId="3CC9D0AF" w:rsidR="00D249CF" w:rsidRDefault="00D249CF" w:rsidP="00D249CF">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The Effect of ‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>China</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Polic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of Foreign States on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the International Status of Taiwan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D249CF">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Diplomacy &amp; Statecraft</w:t>
+      </w:r>
+      <w:r w:rsidR="006C34D5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, Vol. 35, No. 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2024)</w:t>
+      </w:r>
+      <w:r w:rsidR="006C34D5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, pp. 90-115</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A80CFA2" w14:textId="77777777" w:rsidR="00D249CF" w:rsidRDefault="00D249CF" w:rsidP="006775D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49C6CC11" w14:textId="46CD3BED" w:rsidR="002242B1" w:rsidRPr="00945A39" w:rsidRDefault="002242B1" w:rsidP="006775D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00945A39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>“Unrecognized States and National Identity</w:t>
       </w:r>
       <w:r w:rsidR="00323A0C" w:rsidRPr="00945A39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00945A39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00323A0C" w:rsidRPr="00945A39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00323A0C" w:rsidRPr="00945A39">
         <w:rPr>
@@ -6894,558 +8529,665 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F7346">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Invited</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="471384C2" w14:textId="1DC07C38" w:rsidR="00AB7B91" w:rsidRDefault="00AB7B91" w:rsidP="00AB7B91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C6A2816" w14:textId="4B4AF18F" w:rsidR="00444CA8" w:rsidRPr="00444CA8" w:rsidRDefault="00444CA8" w:rsidP="00AB7B91">
+    <w:p w14:paraId="7F155325" w14:textId="0F0CA434" w:rsidR="00071F2C" w:rsidRPr="00071F2C" w:rsidRDefault="00071F2C" w:rsidP="00071F2C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00071F2C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Atrocities in Ukraine: Legal, Political, and Historical Dimensions,”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00071F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sam Nunn School &amp; School of Modern Languages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00071F2C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Georgia Tech,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00071F2C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> April 20, 2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (invited speaker)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE8989C" w14:textId="77777777" w:rsidR="00071F2C" w:rsidRDefault="00071F2C" w:rsidP="00557438">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08D451D2" w14:textId="53942EC4" w:rsidR="00557438" w:rsidRPr="00136A56" w:rsidRDefault="00557438" w:rsidP="00557438">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>How Should International Society Address Questions of Self-Determination</w:t>
+      </w:r>
+      <w:r w:rsidR="00F260F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” Lichtenstein Institute on Self-Determination,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Princeton University, Princeton, NJ, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB1F69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>April 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3FBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (invited speaker)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00136A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DDCC091" w14:textId="77777777" w:rsidR="00557438" w:rsidRDefault="00557438" w:rsidP="00AB7B91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="653FF65F" w14:textId="1BCB4570" w:rsidR="005969E3" w:rsidRDefault="00C609AB" w:rsidP="00AB7B91">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C609AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>“The Pre-1919 Genesis of the Norm of Territorial Integrity in International Relations and Law,”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864D7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A17E0F" w:rsidRPr="00A17E0F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Statemaking</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A17E0F" w:rsidRPr="00A17E0F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Global Order in Historical-Comparative Perspective</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17E0F" w:rsidRPr="00864D7E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005969E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Workshop, University of Lund, Sweden, September 2, 2021 (invited paper presenter) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6A2297" w14:textId="77777777" w:rsidR="005969E3" w:rsidRDefault="005969E3" w:rsidP="00AB7B91">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BEB7347" w14:textId="4CD47F1C" w:rsidR="001553D3" w:rsidRPr="001553D3" w:rsidRDefault="001553D3" w:rsidP="001553D3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="720"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1440"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="001553D3">
+        <w:t>“Russian Policy towards the European Court of Human Rights and its Implications,” Symposium on Russian Foreign Policy, Georgia Tech, January 29, 2020 (invited speaker).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F52A651" w14:textId="77777777" w:rsidR="001553D3" w:rsidRDefault="001553D3" w:rsidP="00AB7B91">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C6A2816" w14:textId="12B25AD0" w:rsidR="00444CA8" w:rsidRPr="00444CA8" w:rsidRDefault="00444CA8" w:rsidP="00AB7B91">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00444CA8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“The </w:t>
       </w:r>
       <w:r w:rsidRPr="00444CA8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Politics of Status Recognition and Reputation,” International Studies Association Annual Convention, Toronto, Canada, March 29, 2019 (invited </w:t>
+        <w:t xml:space="preserve">Politics of Status Recognition and Reputation,” International Studies Association Annual Convention, Toronto, March 29, 2019 (invited </w:t>
       </w:r>
       <w:r w:rsidR="00300981">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">panel </w:t>
       </w:r>
       <w:r w:rsidRPr="00444CA8">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>discussant)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F84A99" w14:textId="77777777" w:rsidR="00444CA8" w:rsidRDefault="00444CA8" w:rsidP="00AB7B91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52D8F140" w14:textId="77777777" w:rsidR="00E62791" w:rsidRDefault="00E62791" w:rsidP="006F5653">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">“The Evolution of State Recognition,” Dublin City University, Ireland, May 17-18, 2018 (invited paper presenter) </w:t>
+    <w:p w14:paraId="52D8F140" w14:textId="74E82C23" w:rsidR="00E62791" w:rsidRDefault="00E62791" w:rsidP="006F5653">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“The Evolution of State Recognition,” Dublin City University, Ireland, May 17, 2018 (invited paper presenter) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67ABF7DE" w14:textId="77777777" w:rsidR="00E62791" w:rsidRDefault="00E62791" w:rsidP="006F5653">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B50F4C3" w14:textId="77777777" w:rsidR="006F5653" w:rsidRPr="006F5653" w:rsidRDefault="006F5653" w:rsidP="006F5653">
+    <w:p w14:paraId="4B50F4C3" w14:textId="2B07CF80" w:rsidR="006F5653" w:rsidRPr="006F5653" w:rsidRDefault="006F5653" w:rsidP="006F5653">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F5653">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00FF65E7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="006F5653">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Current Practice of State Recognition,” Conference on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>the International Recognition of S</w:t>
       </w:r>
       <w:r w:rsidRPr="006F5653">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>tates,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> U</w:t>
       </w:r>
       <w:r w:rsidRPr="006F5653">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">niversity of Tubingen, Germany, July 7-8, 2017 </w:t>
+        <w:t xml:space="preserve">niversity of Tubingen, Germany, July 7, 2017 </w:t>
       </w:r>
       <w:r w:rsidRPr="006F5653">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(invited paper presenter) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BCAB301" w14:textId="77777777" w:rsidR="006F5653" w:rsidRDefault="006F5653" w:rsidP="00AB7B91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A422939" w14:textId="77777777" w:rsidR="00284C84" w:rsidRDefault="00284C84" w:rsidP="00284C84">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:t>Self-Determination, Secession, and International Law,” Provost’s Global Forum</w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t>The Nation, the State, and the Global Redefinition of Self-Determination, University of Iowa, Iowa City, October 14, 2016 (invited speaker) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47342CEC" w14:textId="77777777" w:rsidR="00284C84" w:rsidRDefault="00284C84" w:rsidP="00284C84">
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="6690A58F" w14:textId="77777777" w:rsidR="00E13F14" w:rsidRDefault="00E13F14" w:rsidP="008B1A4F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="562C5DE0" w14:textId="52A4E1A5" w:rsidR="008B1A4F" w:rsidRDefault="008B1A4F" w:rsidP="008B1A4F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Unrecognized States and National Identity,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00710D5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00855506">
+        <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007263C5">
-[...6 lines deleted...]
-      <w:r w:rsidR="00126456">
+      <w:r w:rsidR="001C5F79">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conference on </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Geopolitical Importance of Unrecognized States and Territorial Non-State Actors</w:t>
+      </w:r>
+      <w:r w:rsidR="001C5F79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="007263C5">
-[...51 lines deleted...]
-      <w:r w:rsidR="007263C5">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Charles University, Prague, November 13, 2015 (invited keynote speaker)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1A4F09" w14:textId="77777777" w:rsidR="008B1A4F" w:rsidRDefault="008B1A4F" w:rsidP="008B1A4F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F57055B" w14:textId="20955A8F" w:rsidR="008B1A4F" w:rsidRDefault="008B1A4F" w:rsidP="008B1A4F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D97D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Whose International Law?  Legal Clashes in th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00246247">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Ukrainian Crisis,” Workshop on Triangular Diplomacy and the Crisis in Ukraine</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: The EU, US and Russia, Jean Monnet Center of Excellence, Georgia Tech, May 2, 2015 (invited paper presenter) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38753BEA" w14:textId="77777777" w:rsidR="008B1A4F" w:rsidRDefault="008B1A4F" w:rsidP="008B1A4F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04886145" w14:textId="77777777" w:rsidR="008B1A4F" w:rsidRPr="00D97D07" w:rsidRDefault="008B1A4F" w:rsidP="008B1A4F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Can the Te</w:t>
+      </w:r>
+      <w:r w:rsidR="00E13F14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rritorial Integrity of Ukraine B</w:t>
+      </w:r>
+      <w:r w:rsidR="001C5F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e Upheld?” Symposium on </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Ukrainian Cri</w:t>
+      </w:r>
+      <w:r w:rsidR="001C5F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sis and International Politics,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Emory University, March 25, 2015 (invited speaker)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F083EB2" w14:textId="77777777" w:rsidR="008B1A4F" w:rsidRDefault="008B1A4F" w:rsidP="008B1A4F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6690A58F" w14:textId="77777777" w:rsidR="00E13F14" w:rsidRDefault="00E13F14" w:rsidP="008B1A4F">
-[...177 lines deleted...]
-    </w:p>
     <w:p w14:paraId="7A5A406D" w14:textId="77777777" w:rsidR="00F90260" w:rsidRPr="00CA421B" w:rsidRDefault="00F90260" w:rsidP="008B1A4F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Upholding Territorial Integrity of Ukraine,” Colloquium on The Crisis in Ukraine, UC Berkeley School of Law, Berkeley, CA, February 13, 2015 (invited paper presenter)</w:t>
-      </w:r>
-[...50 lines deleted...]
-        <w:t>Georgia Institute of Technology, September 16, 2014 (invited speaker)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B9F3E95" w14:textId="77777777" w:rsidR="00F90260" w:rsidRDefault="00F90260" w:rsidP="00136A56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0730B77E" w14:textId="77777777" w:rsidR="00136A56" w:rsidRPr="00136A56" w:rsidRDefault="00136A56" w:rsidP="00136A56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00136A56">
@@ -7503,480 +9245,404 @@
         </w:rPr>
         <w:t>Princeton University, Princeton, NJ, April 28, 2014 (invited speaker)</w:t>
       </w:r>
       <w:r w:rsidRPr="00136A56">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72FC1CAF" w14:textId="77777777" w:rsidR="00136A56" w:rsidRDefault="00136A56" w:rsidP="00AB7B91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CE56374" w14:textId="77777777" w:rsidR="000F3E7B" w:rsidRDefault="000F3E7B" w:rsidP="00AB7B91">
+    <w:p w14:paraId="4CE56374" w14:textId="5B5489FE" w:rsidR="000F3E7B" w:rsidRDefault="000F3E7B" w:rsidP="00AB7B91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Ukraine, Russia and Crimea,” Sam Nunn School &amp; School of History, Science and Technology, Georgia Tech, March 7, 2014 (invited panel discussant) </w:t>
+        <w:t>“Ukraine, Russia and Crimea,” Sam Nunn School &amp; School of History</w:t>
+      </w:r>
+      <w:r w:rsidR="00215F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Sociology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Georgia Tech, March 7, 2014 (invited </w:t>
+      </w:r>
+      <w:r w:rsidR="00071F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>speaker</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="172538FA" w14:textId="77777777" w:rsidR="000F3E7B" w:rsidRDefault="000F3E7B" w:rsidP="00AB7B91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A078E83" w14:textId="77777777" w:rsidR="00784A5A" w:rsidRDefault="00784A5A" w:rsidP="00AB7B91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“The Norm of Territorial Integrity in International Relations and Law,” Department of Political Science, Baylor University, Waco, TX, December 6, 2013 (invited speaker)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EF2FA33" w14:textId="77777777" w:rsidR="00784A5A" w:rsidRDefault="00784A5A" w:rsidP="00AB7B91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A7562BA" w14:textId="77777777" w:rsidR="0059253C" w:rsidRDefault="0059253C" w:rsidP="00AB7B91">
+    <w:p w14:paraId="1EC3FF44" w14:textId="756A3FE5" w:rsidR="0064599B" w:rsidRDefault="0059253C" w:rsidP="00B220A1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="005851F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Forging a Trans-Atlantic Policy on Secession,” Symposium on Secession Redux: Lessons for the EU, LBJ School of Public Affairs, University of Texas, Austin, TX, March 1, 201</w:t>
+        <w:t>Forging a Trans-Atlantic Policy on Secession,” Symposium on Secession Redux: Lessons for the EU, LBJ School of Public Affairs, University of Texas, Austin, March 1, 201</w:t>
       </w:r>
       <w:r w:rsidR="00C66C5E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3 (invited speaker</w:t>
       </w:r>
       <w:r w:rsidR="00C01012">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74593822" w14:textId="77777777" w:rsidR="0059253C" w:rsidRDefault="0059253C" w:rsidP="00AB7B91">
+    <w:p w14:paraId="082234EC" w14:textId="77777777" w:rsidR="00215F42" w:rsidRDefault="00215F42" w:rsidP="00B220A1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DCB63E5" w14:textId="77777777" w:rsidR="0064599B" w:rsidRPr="0064599B" w:rsidRDefault="0064599B" w:rsidP="00AB7B91">
+    <w:p w14:paraId="60249A95" w14:textId="77777777" w:rsidR="00B220A1" w:rsidRDefault="00B220A1" w:rsidP="00B220A1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“Huma</w:t>
-[...8 lines deleted...]
-      <w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00E602C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Unilateral Secession and t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00E602C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Territorial Integrity Norm: Exploring the Link</w:t>
+      </w:r>
+      <w:r w:rsidR="001C5F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>” Conference on the Challenges of New Statehood</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, C</w:t>
+      </w:r>
+      <w:r w:rsidR="0060367F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>olumbia University, New York,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> O</w:t>
+      </w:r>
+      <w:r w:rsidR="00951613">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ctober 19, 2012 (invited paper presenter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="774B3FE2" w14:textId="77777777" w:rsidR="00B220A1" w:rsidRDefault="00B220A1" w:rsidP="00B220A1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CDEC7AD" w14:textId="77777777" w:rsidR="00AB7B91" w:rsidRDefault="00B220A1" w:rsidP="00B220A1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7B91" w:rsidRPr="000E5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“The Idea and Historical Practice of Territorial Integrity in International Relations</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7B91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00BC5633">
-[...35 lines deleted...]
-    <w:p w14:paraId="1EC3FF44" w14:textId="77777777" w:rsidR="0064599B" w:rsidRDefault="0064599B" w:rsidP="00B220A1">
+      <w:r w:rsidR="00AB7B91" w:rsidRPr="000E5D10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Woodrow Wilson </w:t>
+      </w:r>
+      <w:r w:rsidR="00227B10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">International </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Center for</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64233">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Scholars, Washington, DC, April 24</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7B91">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2012 (invited speaker)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299EF404" w14:textId="77777777" w:rsidR="00AB7B91" w:rsidRDefault="00AB7B91" w:rsidP="00AB7B91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60249A95" w14:textId="77777777" w:rsidR="00B220A1" w:rsidRDefault="00B220A1" w:rsidP="00B220A1">
-[...106 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="520411D2" w14:textId="77777777" w:rsidR="00AB7B91" w:rsidRDefault="00AB7B91" w:rsidP="00AB7B91">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Discussion of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ptbrand"/>
+        </w:rPr>
+        <w:t>Stephen Clarkson and Mat</w:t>
+      </w:r>
       <w:r w:rsidRPr="000E5D10">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...83 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="ptbrand"/>
         </w:rPr>
-        <w:t xml:space="preserve">Stephen Clarkson and </w:t>
-[...28 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>to Mildenberger</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AB7B91">
         <w:rPr>
           <w:rStyle w:val="ptbrand"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00AB7B91">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:i/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Dependent America?: How Canada and Mexico Construct US Power</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00AB7B91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2011), </w:t>
       </w:r>
@@ -7996,51 +9662,51 @@
       </w:r>
       <w:r w:rsidRPr="00AB7B91">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Center for Scholars, Washington, DC, February 21, 2012 (invited discussant)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012C935D" w14:textId="77777777" w:rsidR="00AB7B91" w:rsidRDefault="00AB7B91" w:rsidP="00AB7B91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="261E03BE" w14:textId="77777777" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="00AB7B91">
+    <w:p w14:paraId="261E03BE" w14:textId="77D80122" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="00AB7B91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00546E6C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Non-Recognized Entities:</w:t>
       </w:r>
@@ -8104,87 +9770,93 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">European Perspectives in the Context of </w:t>
       </w:r>
       <w:r w:rsidR="001C5F79">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eastern Partnership</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B810FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> International Center for Human Development, Yerevan, Armenia, November 26-27, 2010</w:t>
+        <w:t xml:space="preserve"> International Center for Human Development, Yerevan, November 26-27, 2010</w:t>
       </w:r>
       <w:r w:rsidR="00B220A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (invited speaker)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68826943" w14:textId="77777777" w:rsidR="000F7346" w:rsidRPr="00147B20" w:rsidRDefault="000F7346" w:rsidP="000F7346">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E0D217E" w14:textId="77777777" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="000F7346">
+    <w:p w14:paraId="6E0D217E" w14:textId="434036EB" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="000F7346">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00147B20">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00147B20">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Should There be a Right to Democracy in International Relations and Law?"</w:t>
+        <w:t>Should There be a Right to Democracy in International Relations and Law?</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70839">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
       </w:r>
       <w:r w:rsidRPr="00147B20">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Department of International Relations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Speaker Series</w:t>
       </w:r>
       <w:r w:rsidRPr="00147B20">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, University of Georgia, Athens, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
@@ -8205,824 +9877,1162 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (invited</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC0C6B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> speaker</w:t>
       </w:r>
       <w:r w:rsidR="00B220A1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08CAC162" w14:textId="77777777" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="000F7346">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65698193" w14:textId="77777777" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="000F7346">
+    <w:p w14:paraId="65698193" w14:textId="0C01B791" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="000F7346">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007828AD">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“Recognition of Kosovo, Abkhazia and South Ossetia: What are the Implications for Nagorno-Karabakh?”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Symposium</w:t>
       </w:r>
       <w:r w:rsidRPr="007828AD">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
       <w:r w:rsidRPr="007828AD">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="001C5F79">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>fter Kosovo: Whither Karabakh?,</w:t>
-      </w:r>
+        <w:t xml:space="preserve">fter Kosovo: Whither </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001C5F79">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Karabakh?,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007828AD">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Armenian Studies Program, University of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Michigan,</w:t>
       </w:r>
       <w:r w:rsidRPr="007828AD">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ann Arbor, MI, </w:t>
+        <w:t xml:space="preserve">Ann Arbor, </w:t>
       </w:r>
       <w:r w:rsidRPr="007828AD">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>January 30, 2009</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (invited </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC0C6B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>speaker</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B9CCE5A" w14:textId="77777777" w:rsidR="00096822" w:rsidRDefault="00096822" w:rsidP="000F7346">
-[...34 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="7FBEA00B" w14:textId="77777777" w:rsidR="000F7346" w:rsidRPr="00147B20" w:rsidRDefault="000F7346" w:rsidP="000F7346">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F0EBE68" w14:textId="77777777" w:rsidR="000F7346" w:rsidRPr="007828AD" w:rsidRDefault="000F7346" w:rsidP="000F7346">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007828AD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007828AD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Russo-Georgian Conflict and Recognition of New States</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007828AD">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007828AD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orkshop on the Russo-Georgian War, Center for International Strategy, Technology and Policy (Georgia Tech)/Center for Russian and East European Studies (Emory), Emory University, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atlanta, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007828AD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>October 16, 2008</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (invited</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC0C6B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> speaker</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03AB71BA" w14:textId="77777777" w:rsidR="000F7346" w:rsidRPr="007828AD" w:rsidRDefault="000F7346" w:rsidP="000F7346">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6336AD28" w14:textId="77777777" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="000F7346">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007828AD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“The EU as a Normative Power</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007828AD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007828AD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onference on </w:t>
+      </w:r>
+      <w:r w:rsidR="001C5F79">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007828AD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he EU as a Global Actor: Perspectives on Power, European Union Center of Excellence, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C42132">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Georgia Tech</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007828AD">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, September 19, 2008 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B220A1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(invited discussant)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="439DC766" w14:textId="77777777" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="000F7346">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16F7752A" w14:textId="77777777" w:rsidR="000F7346" w:rsidRPr="00AC0C6B" w:rsidRDefault="000F7346" w:rsidP="000F7346">
+      <w:pPr>
+        <w:pStyle w:val="HeadingSpecial"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Governmental Legitimacy in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC0C6B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:t>International R</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0172">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:t>elations of the Americas,”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC0C6B">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Faculty Lunch Lecture Series, Smith College,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:spacing w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...68 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Northampton, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B220A1">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+        <w:t>MA, May 2007 (invited speaker)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2686ACBE" w14:textId="77777777" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="000F7346">
+      <w:pPr>
+        <w:pStyle w:val="HeadingSpecial"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="179DC473" w14:textId="45736959" w:rsidR="0060367F" w:rsidRPr="00430617" w:rsidRDefault="0060367F" w:rsidP="0060367F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00430617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“International Norms of Territorial Integrity and the Balkan Wars of the 1990s,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00430617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conference </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00430617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>War in the Balkans</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Florida Atlantic University, Boca Raton,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00430617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> February 2002</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (invited paper presenter)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8637F0" w14:textId="77777777" w:rsidR="0060367F" w:rsidRDefault="0060367F" w:rsidP="000F7346">
+      <w:pPr>
+        <w:pStyle w:val="HeadingSpecial"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1418"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:spacing w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A1CA298" w14:textId="554C6079" w:rsidR="000F7346" w:rsidRPr="00430617" w:rsidRDefault="000F7346" w:rsidP="000F7346">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00430617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Sovereignty, Territory, Referendum: A Commentary on the Paper Presented by Professor Jean Laponce</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00430617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Workshop on Globalization and Democracy, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00430617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>International Studies Association Annual Convention,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00430617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Los Angeles,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00430617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>March 2000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (invited paper comme</w:t>
+      </w:r>
+      <w:r w:rsidR="00B220A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ntator)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00430617">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="279661BC" w14:textId="77777777" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="005F5412">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F302BD5" w14:textId="77777777" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="005F5412">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F7346">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Submitted </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="060E6F9C" w14:textId="5AC6DC3C" w:rsidR="001B6CA2" w:rsidRDefault="001B6CA2" w:rsidP="005F5412">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="318D4C58" w14:textId="051164A9" w:rsidR="00A26BEA" w:rsidRDefault="00A26BEA" w:rsidP="00A26BEA">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="007828AD">
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>America and the Stimson Doctrine</w:t>
+      </w:r>
+      <w:r w:rsidR="004E59C8">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>: No Gain of Territory through the Use of Force</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007828AD">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...71 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312367">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>International Studies Association</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annual Convention, </w:t>
+      </w:r>
+      <w:r w:rsidR="009518EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>San Francisco</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, April 3, 2024 (paper presenter)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396C1CC4" w14:textId="77777777" w:rsidR="00A26BEA" w:rsidRDefault="00A26BEA" w:rsidP="00155ECC">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14846C5C" w14:textId="14B6872A" w:rsidR="00155ECC" w:rsidRDefault="00155ECC" w:rsidP="00155ECC">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The Effect of ‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>China</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Polic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of Foreign States on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the International Status of Taiwan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="007828AD">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...103 lines deleted...]
-          <w:spacing w:val="0"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...242 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00312367">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">International </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Political science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312367">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Association</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Convention, Buenos Aires, July 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5868">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 2023 (paper presenter)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5874C3FF" w14:textId="77777777" w:rsidR="00155ECC" w:rsidRDefault="00155ECC" w:rsidP="00A37945">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51919140" w14:textId="373DC9D5" w:rsidR="00A37945" w:rsidRDefault="00A37945" w:rsidP="00A37945">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>The Effect of ‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00430617">
-[...7 lines deleted...]
-    <w:p w14:paraId="279661BC" w14:textId="77777777" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="005F5412">
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>China</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Polic</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>of Foreign States on</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the International Status of Taiwan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC5E5E">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312367">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>International Studies Association</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annual Convention, Montreal, March 15, 2023 (paper presenter)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77CE3B9D" w14:textId="77777777" w:rsidR="00A37945" w:rsidRDefault="00A37945" w:rsidP="005F5412">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4F302BD5" w14:textId="77777777" w:rsidR="000F7346" w:rsidRDefault="000F7346" w:rsidP="005F5412">
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19FBCAAF" w14:textId="587E13E6" w:rsidR="00DC4D1B" w:rsidRPr="00843DFF" w:rsidRDefault="00DC4D1B" w:rsidP="005F5412">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...12 lines deleted...]
-    <w:p w14:paraId="060E6F9C" w14:textId="68E4CFF9" w:rsidR="001B6CA2" w:rsidRDefault="001B6CA2" w:rsidP="005F5412">
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00843DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“The</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA5C67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Contested Character of the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA5C67">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">International </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843DFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Norm of Territorial Integrity,” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843DFF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Workshop on Contested Norms in Peace and Security Law</w:t>
+      </w:r>
+      <w:r w:rsidR="00843DFF" w:rsidRPr="00843DFF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843DFF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Max Planck Institute for Public Comparative and International Law</w:t>
+      </w:r>
+      <w:r w:rsidR="00843DFF" w:rsidRPr="00843DFF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00843DFF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Heidelberg, Germany</w:t>
+      </w:r>
+      <w:r w:rsidR="00843DFF" w:rsidRPr="00843DFF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, September 23, 2021</w:t>
+      </w:r>
+      <w:r w:rsidR="004049F4">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004049F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(paper presenter)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F686094" w14:textId="77777777" w:rsidR="00DC4D1B" w:rsidRPr="00DC4D1B" w:rsidRDefault="00DC4D1B" w:rsidP="005F5412">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-    <w:p w14:paraId="004C5FC9" w14:textId="65E05D4E" w:rsidR="002701B4" w:rsidRDefault="002701B4" w:rsidP="00C60E97">
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="004C5FC9" w14:textId="5BF35EAC" w:rsidR="002701B4" w:rsidRDefault="002701B4" w:rsidP="00C60E97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>“The United States and the International Institution of Sovereignty in the 19</w:t>
       </w:r>
       <w:r w:rsidRPr="002701B4">
         <w:rPr>
           <w:bCs/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Century,”</w:t>
       </w:r>
       <w:r w:rsidRPr="002701B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00312367">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>International Studies Association</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Annual Convention, Honolulu, March 25-29, 2020 (paper presenter)</w:t>
+        <w:t xml:space="preserve"> Annual Convention, Honolulu, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F73182">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>April 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F73182">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (paper presenter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="557099AC" w14:textId="77777777" w:rsidR="002701B4" w:rsidRDefault="002701B4" w:rsidP="00C60E97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29FB27C8" w14:textId="0B34B690" w:rsidR="00C60E97" w:rsidRDefault="00C60E97" w:rsidP="00C60E97">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
@@ -9443,97 +11453,97 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> presenter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40ADBFD2" w14:textId="77777777" w:rsidR="001C02F5" w:rsidRDefault="001C02F5" w:rsidP="001C02F5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00127844">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A4AC6F" w14:textId="77777777" w:rsidR="00921ECD" w:rsidRDefault="001B6CA2" w:rsidP="001C02F5">
+    <w:p w14:paraId="64A4AC6F" w14:textId="6749E009" w:rsidR="00921ECD" w:rsidRDefault="001B6CA2" w:rsidP="001C02F5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
       </w:pPr>
       <w:r w:rsidRPr="00127844">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:t>Conceptual Change in International Relations: The</w:t>
       </w:r>
       <w:r w:rsidR="00C67B7E">
         <w:t xml:space="preserve"> Case of ‘Territorial Integrity’</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00127844">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>European Consortium on Political Research General Conference, Glasgow, UK, September 3-6, 2014 (paper presenter)</w:t>
+        <w:t>European Consortium on Political Research General Conference, Glasgow, September 3-6, 2014 (paper presenter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C7813AA" w14:textId="77777777" w:rsidR="001B6CA2" w:rsidRDefault="001B6CA2" w:rsidP="00921ECD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45972578" w14:textId="77777777" w:rsidR="00947D72" w:rsidRPr="00947D72" w:rsidRDefault="00947D72" w:rsidP="00921ECD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
@@ -9743,73 +11753,85 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(paper</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> presenter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45BDDD08" w14:textId="77777777" w:rsidR="00127844" w:rsidRDefault="00127844" w:rsidP="00B220A1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FD565A2" w14:textId="77777777" w:rsidR="00B220A1" w:rsidRDefault="00B220A1" w:rsidP="00B220A1">
+    <w:p w14:paraId="1FD565A2" w14:textId="0FB76A8A" w:rsidR="00B220A1" w:rsidRDefault="00B220A1" w:rsidP="00B220A1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>“The Genealogy and Challenges</w:t>
       </w:r>
       <w:r w:rsidRPr="00312367">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the Norm of Territorial Integrity in International Relations”, </w:t>
+        <w:t xml:space="preserve"> of the Norm of Territorial Integrity in International Relations</w:t>
+      </w:r>
+      <w:r w:rsidR="00826B79">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00312367">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>American Political Science</w:t>
       </w:r>
       <w:r w:rsidRPr="00312367">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Association</w:t>
       </w:r>
       <w:r w:rsidRPr="00312367">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -9840,127 +11862,139 @@
         </w:rPr>
         <w:t>, 2012 (paper</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> presenter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58A8B6A4" w14:textId="77777777" w:rsidR="00B220A1" w:rsidRDefault="00B220A1" w:rsidP="00B220A1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B7393A8" w14:textId="77777777" w:rsidR="0020229B" w:rsidRDefault="00B220A1" w:rsidP="00B220A1">
+    <w:p w14:paraId="5B7393A8" w14:textId="006BFCAA" w:rsidR="0020229B" w:rsidRDefault="00B220A1" w:rsidP="00B220A1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00312367">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0020229B" w:rsidRPr="00312367">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">“The Evolution of the Norm of Territorial Integrity in International Relations”, </w:t>
+        <w:t>“The Evolution of the Norm of Territorial Integrity in International Relations</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3235" w:rsidRPr="00312367">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,”</w:t>
       </w:r>
       <w:r w:rsidR="0020229B" w:rsidRPr="00312367">
         <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0020229B" w:rsidRPr="00312367">
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>International Studies Association</w:t>
       </w:r>
       <w:r w:rsidR="0020229B" w:rsidRPr="00312367">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidR="0060367F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nnual Convention, San Diego,</w:t>
       </w:r>
       <w:r w:rsidR="0020229B" w:rsidRPr="00312367">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> April 3, 2012 (paper</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> presenter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF48B50" w14:textId="77777777" w:rsidR="0020229B" w:rsidRDefault="0020229B" w:rsidP="0020229B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F9182DB" w14:textId="77777777" w:rsidR="0020229B" w:rsidRPr="00B257DF" w:rsidRDefault="0020229B" w:rsidP="0020229B">
+    <w:p w14:paraId="6F9182DB" w14:textId="32E1EE81" w:rsidR="0020229B" w:rsidRPr="00B257DF" w:rsidRDefault="0020229B" w:rsidP="0020229B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B257DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“International Normative</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9974,106 +12008,113 @@
         </w:rPr>
         <w:t>hould be the Re</w:t>
       </w:r>
       <w:r w:rsidR="00D12BA8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lationship between the Ideal</w:t>
       </w:r>
       <w:r w:rsidRPr="00B257DF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the Empirical?”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> European Consortium on Political Research General Conference, Reykjavik, Iceland, August</w:t>
+        <w:t xml:space="preserve"> European Consortium on Political Research General Conference, Reykjavik, August</w:t>
       </w:r>
       <w:r w:rsidR="00B220A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 24-27, 2011 (paper presenter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C560312" w14:textId="77777777" w:rsidR="0020229B" w:rsidRDefault="0020229B" w:rsidP="0020229B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B810FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AC09897" w14:textId="77777777" w:rsidR="00921ECD" w:rsidRDefault="00921ECD" w:rsidP="0020229B">
+    <w:p w14:paraId="4AC09897" w14:textId="1FE5AF3A" w:rsidR="00921ECD" w:rsidRDefault="00921ECD" w:rsidP="0020229B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B810FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“Kosovo and International Society: Reflections on Intervention, UN Administration, and Recognition”</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>“Kosovo and International Society: Reflections on Intervention, UN Administration, and Recognition</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3235" w:rsidRPr="00B810FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B810FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>International Studi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es Association</w:t>
       </w:r>
       <w:r w:rsidRPr="00B810FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Midwest A</w:t>
       </w:r>
       <w:r w:rsidR="0060367F">
@@ -10089,51 +12130,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Novemb</w:t>
       </w:r>
       <w:r w:rsidR="00B220A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>er 5-7, 2010 (paper presenter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59AAA488" w14:textId="77777777" w:rsidR="00812EF2" w:rsidRPr="00921ECD" w:rsidRDefault="00812EF2" w:rsidP="00921ECD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0276E0C8" w14:textId="77777777" w:rsidR="00EF4046" w:rsidRPr="00885E76" w:rsidRDefault="007C7A92" w:rsidP="00885E76">
+    <w:p w14:paraId="0276E0C8" w14:textId="007FB8C2" w:rsidR="00EF4046" w:rsidRPr="00885E76" w:rsidRDefault="007C7A92" w:rsidP="00885E76">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00530C94">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“International Involvement in Secessionist Conflict in the 19</w:t>
       </w:r>
       <w:r w:rsidRPr="00530C94">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="00530C94">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Century</w:t>
       </w:r>
@@ -10167,51 +12208,51 @@
         </w:rPr>
         <w:t>Intervention in the Modern World</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007C7A92">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF4046" w:rsidRPr="00530C94">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>University of Bristol</w:t>
       </w:r>
       <w:r w:rsidR="00AE46F6">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, UK,</w:t>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EF4046" w:rsidRPr="00530C94">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00530C94">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>May 2</w:t>
       </w:r>
       <w:r w:rsidR="0088389B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">0, </w:t>
       </w:r>
       <w:r w:rsidR="00B220A1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2010 (presenter)</w:t>
       </w:r>
@@ -10596,51 +12637,51 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> Macquarie University, Sydney, Australia, March 2007</w:t>
       </w:r>
       <w:r w:rsidR="00B220A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t xml:space="preserve"> (paper presenter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F3B9562" w14:textId="77777777" w:rsidR="00AC0C6B" w:rsidRPr="00430617" w:rsidRDefault="00AC0C6B" w:rsidP="00430617">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="regular1"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BDE8AD3" w14:textId="77777777" w:rsidR="00B51B3A" w:rsidRPr="00430617" w:rsidRDefault="00F637A4" w:rsidP="00430617">
+    <w:p w14:paraId="1BDE8AD3" w14:textId="54856089" w:rsidR="00B51B3A" w:rsidRPr="00430617" w:rsidRDefault="00F637A4" w:rsidP="00430617">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“The Inter-American Democratic Charter and Governmental Legitimacy in Latin American International Relations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -10666,58 +12707,58 @@
       <w:r w:rsidR="00B51B3A" w:rsidRPr="00430617">
         <w:rPr>
           <w:rStyle w:val="regular1"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ongress of the </w:t>
       </w:r>
       <w:r w:rsidR="00B51B3A" w:rsidRPr="00430617">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Canadian Association of Latin American and Caribbean Studies</w:t>
       </w:r>
       <w:r w:rsidR="00B51B3A" w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Calgary, </w:t>
+        <w:t>, Calgary,</w:t>
       </w:r>
       <w:r w:rsidR="00C22D7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">AB, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B51B3A" w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>September 2006</w:t>
       </w:r>
       <w:r w:rsidR="00B220A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (paper presenter)</w:t>
       </w:r>
       <w:r w:rsidR="00B51B3A" w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4380794C" w14:textId="77777777" w:rsidR="00B51B3A" w:rsidRPr="00430617" w:rsidRDefault="00B51B3A" w:rsidP="00430617">
       <w:pPr>
@@ -10924,106 +12965,106 @@
         <w:t>March 2002</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B220A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(paper presenter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F75FA20" w14:textId="77777777" w:rsidR="00B51B3A" w:rsidRPr="00430617" w:rsidRDefault="00B51B3A" w:rsidP="00430617">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C097ECF" w14:textId="77777777" w:rsidR="00B51B3A" w:rsidRPr="00430617" w:rsidRDefault="00C22D7B" w:rsidP="00430617">
+    <w:p w14:paraId="1C097ECF" w14:textId="1A1F5ED2" w:rsidR="00B51B3A" w:rsidRPr="00430617" w:rsidRDefault="00C22D7B" w:rsidP="00430617">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“The Idea of National Self-Determination and the Recognition of New States at the Congress of Berlin (1878)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B51B3A" w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>British International Studies Association Annual Conference</w:t>
       </w:r>
       <w:r w:rsidR="00B51B3A" w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Edinburgh, </w:t>
+        <w:t>, Edinburgh,</w:t>
       </w:r>
       <w:r w:rsidR="001C551F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">UK, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B51B3A" w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>December 2001</w:t>
       </w:r>
       <w:r w:rsidR="00B220A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (paper presenter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3352954E" w14:textId="77777777" w:rsidR="00B51B3A" w:rsidRPr="00430617" w:rsidRDefault="00B51B3A" w:rsidP="00430617">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02369D78" w14:textId="77777777" w:rsidR="00C22D7B" w:rsidRDefault="00C22D7B" w:rsidP="00C22D7B">
@@ -11071,106 +13112,106 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>February 2001</w:t>
       </w:r>
       <w:r w:rsidR="00B220A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (paper presenter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="325E7A38" w14:textId="77777777" w:rsidR="00C22D7B" w:rsidRPr="00430617" w:rsidRDefault="00C22D7B" w:rsidP="00430617">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D837D5D" w14:textId="77777777" w:rsidR="00B51B3A" w:rsidRPr="00430617" w:rsidRDefault="00C22D7B" w:rsidP="00430617">
+    <w:p w14:paraId="6D837D5D" w14:textId="05E236E7" w:rsidR="00B51B3A" w:rsidRPr="00430617" w:rsidRDefault="00C22D7B" w:rsidP="00430617">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“The Defeated Feat: The Legality, Justice and Ethics of the NATO Intervention against the Federal Republic of Yugoslavia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B51B3A" w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>British International Studies Association Annual Conference</w:t>
       </w:r>
       <w:r w:rsidR="00B51B3A" w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Bradford, </w:t>
+        <w:t>, Bradford,</w:t>
       </w:r>
       <w:r w:rsidR="001C551F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">UK, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B51B3A" w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>December 2000</w:t>
       </w:r>
       <w:r w:rsidR="00B220A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (paper presenter)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="686D513B" w14:textId="77777777" w:rsidR="00B51B3A" w:rsidRPr="00430617" w:rsidRDefault="00B51B3A" w:rsidP="00430617">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44D23101" w14:textId="77777777" w:rsidR="00C22D7B" w:rsidRPr="00430617" w:rsidRDefault="00C22D7B" w:rsidP="00C22D7B">
@@ -11180,301 +13221,190 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“International Norms Regarding Territory and the Balkan Wars of the 1990s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EAED4C5" w14:textId="77777777" w:rsidR="00B51B3A" w:rsidRPr="00430617" w:rsidRDefault="00B51B3A" w:rsidP="00430617">
+    <w:p w14:paraId="4EAED4C5" w14:textId="213859E8" w:rsidR="00B51B3A" w:rsidRPr="00430617" w:rsidRDefault="00B51B3A" w:rsidP="00430617">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>International Political Science Association Conference</w:t>
       </w:r>
       <w:r w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Quebec City, </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">QC, </w:t>
+        <w:t>, Quebec City,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB43AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00430617">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>August 2000</w:t>
       </w:r>
       <w:r w:rsidR="00B220A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (paper presenter)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24256881" w14:textId="77777777" w:rsidR="00B51B3A" w:rsidRPr="00430617" w:rsidRDefault="00B51B3A" w:rsidP="00430617">
-[...98 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    <w:p w14:paraId="4EDF8218" w14:textId="367C896E" w:rsidR="00F857E0" w:rsidRPr="00645563" w:rsidRDefault="00F857E0" w:rsidP="00645563">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F8EBA6B" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="005F5412" w:rsidP="0085123A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SERVICE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519283B2" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="005F5412" w:rsidP="005F5412">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CD321FF" w14:textId="77777777" w:rsidR="005F5412" w:rsidRDefault="003F3657" w:rsidP="005F5412">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Professional Service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ACC27C6" w14:textId="77777777" w:rsidR="00D36E8B" w:rsidRPr="00D36E8B" w:rsidRDefault="009650D0" w:rsidP="00D36E8B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3255"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4EDF8218" w14:textId="77777777" w:rsidR="00F857E0" w:rsidRDefault="00F857E0" w:rsidP="0085123A">
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151EC5C0" w14:textId="25131E28" w:rsidR="00545467" w:rsidRPr="007A4FD7" w:rsidRDefault="00545467" w:rsidP="002B64FD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...90 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal </w:t>
       </w:r>
       <w:r w:rsidR="00D36E8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Manuscript </w:t>
       </w:r>
       <w:r w:rsidR="00D36E8B" w:rsidRPr="007215A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reviewer</w:t>
       </w:r>
       <w:r>
@@ -11580,50 +13510,58 @@
       </w:r>
       <w:r w:rsidR="000D2DA7" w:rsidRPr="00405F62">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Foreign Policy Analysis</w:t>
       </w:r>
       <w:r w:rsidR="000D2DA7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="000D2DA7" w:rsidRPr="00BE5BFB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00DC5875">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Geopolitics, </w:t>
+      </w:r>
       <w:r w:rsidR="000D2DA7" w:rsidRPr="008E7DF5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Global Policy</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk524509677"/>
       <w:r w:rsidR="00F27F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F27F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F27F7B" w:rsidRPr="0081645E">
@@ -11673,50 +13611,74 @@
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F27F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F27F7B" w:rsidRPr="00A75FF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>International Studies Review</w:t>
       </w:r>
       <w:r w:rsidR="00F27F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidR="00DC5875" w:rsidRPr="00A75FF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>International Studies</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5875" w:rsidRPr="00206A6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5875">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quarterly, </w:t>
+      </w:r>
       <w:r w:rsidR="00F27F7B" w:rsidRPr="00206A6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>International Theory</w:t>
       </w:r>
       <w:r w:rsidR="00F27F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00677AA8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Journal of Global History,</w:t>
       </w:r>
       <w:r w:rsidR="00F27F7B">
@@ -11725,51 +13687,85 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F27F7B" w:rsidRPr="009E736B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Journal of Global Security Studies</w:t>
       </w:r>
       <w:r w:rsidR="00F27F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F27F7B" w:rsidRPr="00FA2F47">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Melbourne Journal of International Law</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5875">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Journal of Intervention and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DC5875">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Statebuilding</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DC5875">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F27F7B" w:rsidRPr="00FA2F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Melbourne Journal of International Law</w:t>
       </w:r>
       <w:r w:rsidR="00F27F7B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00D36E8B" w:rsidRPr="00BE5BFB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Millennium: Journal of International Studies</w:t>
       </w:r>
       <w:r w:rsidR="00D36E8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00D36E8B" w:rsidRPr="004929D7">
         <w:rPr>
@@ -11794,65 +13790,81 @@
         </w:rPr>
         <w:t>Oxford Research Encyclopedias of Politics</w:t>
       </w:r>
       <w:r w:rsidR="00D36E8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F34103">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F27F7B" w:rsidRPr="00F20F26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Review of International Studies</w:t>
       </w:r>
+      <w:r w:rsidR="007A4FD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007A4FD7" w:rsidRPr="007A4FD7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>World Politics</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="58952307" w14:textId="77777777" w:rsidR="00545467" w:rsidRDefault="00545467" w:rsidP="002B64FD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C6D99EF" w14:textId="77777777" w:rsidR="00D36E8B" w:rsidRPr="004A7133" w:rsidRDefault="001D1EC0" w:rsidP="002B64FD">
+    <w:p w14:paraId="6C6D99EF" w14:textId="77777777" w:rsidR="00D36E8B" w:rsidRDefault="001D1EC0" w:rsidP="002B64FD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Book Manuscript</w:t>
       </w:r>
       <w:r w:rsidR="00A41726">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -11940,50 +13952,90 @@
         </w:rPr>
         <w:t>Oxford University Press</w:t>
       </w:r>
       <w:r w:rsidR="00D36E8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Oxford), </w:t>
       </w:r>
       <w:r w:rsidR="00545467" w:rsidRPr="006A4024">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Polity Press, </w:t>
       </w:r>
       <w:r w:rsidR="00D36E8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Routledge </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="1B052DF7" w14:textId="77777777" w:rsidR="00A039E1" w:rsidRDefault="00A039E1" w:rsidP="002B64FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DF2E0BE" w14:textId="13C6AF06" w:rsidR="00A039E1" w:rsidRPr="004A7133" w:rsidRDefault="00A039E1" w:rsidP="002B64FD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Consulta</w:t>
+      </w:r>
+      <w:r w:rsidR="00810943">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nt for: University of California Press</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="43B75039" w14:textId="77777777" w:rsidR="00921270" w:rsidRDefault="00921270" w:rsidP="005F5412">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A8D71D9" w14:textId="77777777" w:rsidR="00184C64" w:rsidRDefault="00CA5105" w:rsidP="005F5412">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -12042,1384 +14094,1798 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Campus Contributions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16A69B0A" w14:textId="77777777" w:rsidR="00E1797B" w:rsidRDefault="00E1797B" w:rsidP="00E1797B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10967FB7" w14:textId="77777777" w:rsidR="002C14C3" w:rsidRDefault="002C14C3" w:rsidP="00896DF4">
+    <w:p w14:paraId="592651E6" w14:textId="3B3D860B" w:rsidR="006608FF" w:rsidRDefault="006608FF" w:rsidP="009C0C37">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...15 lines deleted...]
-        <w:t>s</w:t>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Member, AI Minor A</w:t>
+      </w:r>
+      <w:r w:rsidR="00385F48">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cademic Oversight</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Committee, Georgia Tech (</w:t>
+      </w:r>
+      <w:r w:rsidR="008D51CC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Spring </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2024-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79CA076A" w14:textId="77777777" w:rsidR="00A6381C" w:rsidRDefault="00A6381C" w:rsidP="009C0C37">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B3C70A0" w14:textId="5FB64975" w:rsidR="00A6381C" w:rsidRDefault="00A6381C" w:rsidP="009C0C37">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, INTA Chair Reappointment Committee, Ivan Allen College (Spring 2024) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3993D619" w14:textId="77777777" w:rsidR="006608FF" w:rsidRDefault="006608FF" w:rsidP="009C0C37">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52A70820" w14:textId="2E20C0DE" w:rsidR="009C0C37" w:rsidRDefault="009C0C37" w:rsidP="009C0C37">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IAC Representative, Enrollment Management Advisory Group, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076415E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Georgia Tech</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076415E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076415E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF90111" w14:textId="77777777" w:rsidR="009C0C37" w:rsidRDefault="009C0C37" w:rsidP="009C0C37">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="025D3A37" w14:textId="6CEF8CCA" w:rsidR="009C0C37" w:rsidRDefault="009C0C37" w:rsidP="009C0C37">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001120F7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Co-chair, Diversity and Inclusion Committee, Sam Nunn School (2020-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D8F0F25" w14:textId="77777777" w:rsidR="009C0C37" w:rsidRDefault="009C0C37" w:rsidP="009C0C37">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0444DD02" w14:textId="60DF42AF" w:rsidR="009C0C37" w:rsidRDefault="009C0C37" w:rsidP="009C0C37">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076415E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Virtual Faculty Professional Development Advisory Committee, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076415E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Georgia Tech</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076415E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2020-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1341220D" w14:textId="77777777" w:rsidR="00BB5DB0" w:rsidRDefault="00BB5DB0" w:rsidP="009C0C37">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43809EF7" w14:textId="618B003A" w:rsidR="00BB5DB0" w:rsidRDefault="00BB5DB0" w:rsidP="00BB5DB0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, International Plan Committee, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076415E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Georgia Tech</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076415E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076415E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-present)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="700E0CD0" w14:textId="77777777" w:rsidR="009C0C37" w:rsidRPr="0076415E" w:rsidRDefault="009C0C37" w:rsidP="009C0C37">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10967FB7" w14:textId="70BDD09D" w:rsidR="002C14C3" w:rsidRDefault="002C14C3" w:rsidP="00896DF4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Director of Undergraduate </w:t>
+      </w:r>
+      <w:r w:rsidR="00061B74">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Studies</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00067CA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Sam Nunn School of Int</w:t>
+        <w:t>Sam Nunn School</w:t>
       </w:r>
       <w:r w:rsidR="00B76F2B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ernational Affairs (</w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2017-</w:t>
       </w:r>
       <w:r w:rsidR="00B76F2B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>present</w:t>
       </w:r>
       <w:r w:rsidRPr="00067CA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78AE41FB" w14:textId="77777777" w:rsidR="00B76F2B" w:rsidRPr="00B76F2B" w:rsidRDefault="00B76F2B" w:rsidP="00896DF4">
+    <w:p w14:paraId="3C09AF55" w14:textId="77777777" w:rsidR="001120F7" w:rsidRDefault="001120F7" w:rsidP="00B76F2B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5026245B" w14:textId="77777777" w:rsidR="00B76F2B" w:rsidRPr="00B76F2B" w:rsidRDefault="00B76F2B" w:rsidP="00B76F2B">
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5026245B" w14:textId="1B3AD59F" w:rsidR="00B76F2B" w:rsidRPr="00B76F2B" w:rsidRDefault="00B76F2B" w:rsidP="00B76F2B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B76F2B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Member, Planning Committee, Sam Nunn School of International Affairs (2017-</w:t>
+        <w:t>Member, Planning Committee, Sam Nunn School (2017-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>present</w:t>
       </w:r>
       <w:r w:rsidRPr="00B76F2B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="624D9FBB" w14:textId="77777777" w:rsidR="00B76F2B" w:rsidRPr="00B76F2B" w:rsidRDefault="00B76F2B" w:rsidP="00B76F2B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56F5BF9E" w14:textId="77777777" w:rsidR="00B76F2B" w:rsidRPr="00B76F2B" w:rsidRDefault="00B76F2B" w:rsidP="00B76F2B">
+    <w:p w14:paraId="56F5BF9E" w14:textId="6F711CD2" w:rsidR="00B76F2B" w:rsidRPr="00B76F2B" w:rsidRDefault="00B76F2B" w:rsidP="00B76F2B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B76F2B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Member, International Plan Committee, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B76F2B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Georgia Institute of Technology</w:t>
+        <w:t>Georgia Tech</w:t>
       </w:r>
       <w:r w:rsidRPr="00B76F2B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2017-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>present</w:t>
       </w:r>
       <w:r w:rsidRPr="00B76F2B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CC505D0" w14:textId="77777777" w:rsidR="00B76F2B" w:rsidRDefault="00B76F2B" w:rsidP="00B76F2B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D7CC83E" w14:textId="77777777" w:rsidR="000A02D0" w:rsidRDefault="000A02D0" w:rsidP="00896DF4">
+    <w:p w14:paraId="1D7CC83E" w14:textId="616B925B" w:rsidR="000A02D0" w:rsidRDefault="000A02D0" w:rsidP="00896DF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Member, OATS</w:t>
       </w:r>
       <w:r w:rsidRPr="00067CA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Committee, Sam Nunn School of Int</w:t>
+        <w:t xml:space="preserve"> Committee, Sam Nunn School </w:t>
       </w:r>
       <w:r w:rsidR="00B76F2B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ernational Affairs (2016-2017</w:t>
+        <w:t>(2016-2017</w:t>
       </w:r>
       <w:r w:rsidRPr="00067CA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="571AB788" w14:textId="77777777" w:rsidR="00A343C7" w:rsidRPr="00067CA4" w:rsidRDefault="00A343C7" w:rsidP="00A343C7">
+    <w:p w14:paraId="0CABAD4B" w14:textId="77777777" w:rsidR="00A343C7" w:rsidRDefault="00A343C7" w:rsidP="00370EA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36FFC169" w14:textId="77777777" w:rsidR="00A343C7" w:rsidRDefault="00A343C7" w:rsidP="00A343C7">
+    <w:p w14:paraId="3123C90C" w14:textId="3D3E8022" w:rsidR="00370EA2" w:rsidRDefault="00370EA2" w:rsidP="00370EA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Faculty Participant, EU Study Abroad Program (Summers 2016, 2015, 2013)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0CABAD4B" w14:textId="77777777" w:rsidR="00A343C7" w:rsidRDefault="00A343C7" w:rsidP="00370EA2">
+        <w:t>Member, Undergraduate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067CA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Committee, Sam Nunn School</w:t>
+      </w:r>
+      <w:r w:rsidR="00B76F2B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2015-2017</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; 2008-2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067CA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E4B10B" w14:textId="77777777" w:rsidR="00C263D7" w:rsidRDefault="00C263D7" w:rsidP="00370EA2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3123C90C" w14:textId="77777777" w:rsidR="00370EA2" w:rsidRDefault="00370EA2" w:rsidP="00370EA2">
+    <w:p w14:paraId="1468CB1D" w14:textId="21C67AE2" w:rsidR="00C263D7" w:rsidRDefault="00C263D7" w:rsidP="00C263D7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Member, Undergraduate</w:t>
+        <w:t xml:space="preserve">Member, China Search Committee, </w:t>
       </w:r>
       <w:r w:rsidRPr="00067CA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Committee, Sam Nunn School of Int</w:t>
-[...13 lines deleted...]
-        <w:t>; 2008-2010</w:t>
+        <w:t xml:space="preserve">Sam Nunn School </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(2015-2016</w:t>
       </w:r>
       <w:r w:rsidRPr="00067CA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44E4B10B" w14:textId="77777777" w:rsidR="00C263D7" w:rsidRDefault="00C263D7" w:rsidP="00370EA2">
+    <w:p w14:paraId="1344E264" w14:textId="77777777" w:rsidR="00E60FAB" w:rsidRDefault="00E60FAB" w:rsidP="00E60FAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1468CB1D" w14:textId="77777777" w:rsidR="00C263D7" w:rsidRDefault="00C263D7" w:rsidP="00C263D7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54ADDB69" w14:textId="0265D9F0" w:rsidR="00E60FAB" w:rsidRDefault="00E60FAB" w:rsidP="00E60FAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Member, China Search Committee, </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Member, Academic Faculty Senate, Georgia Tech (2014-2017)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC7371E" w14:textId="77777777" w:rsidR="009972E9" w:rsidRDefault="009972E9" w:rsidP="009972E9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="719A49EB" w14:textId="1156A5E2" w:rsidR="00E1797B" w:rsidRPr="00C03E6A" w:rsidRDefault="00E1797B" w:rsidP="00E1797B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, Awards Committee, </w:t>
       </w:r>
       <w:r w:rsidRPr="00067CA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Sam Nunn School of Int</w:t>
-[...6 lines deleted...]
-        <w:t>ernational Affairs (2015-2016</w:t>
+        <w:t>Sam Nunn Schoo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l (2014</w:t>
+      </w:r>
+      <w:r w:rsidR="00370EA2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-2015</w:t>
       </w:r>
       <w:r w:rsidRPr="00067CA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1344E264" w14:textId="77777777" w:rsidR="00E60FAB" w:rsidRDefault="00E60FAB" w:rsidP="00E60FAB">
+    <w:p w14:paraId="4712BC46" w14:textId="77777777" w:rsidR="00602768" w:rsidRDefault="00602768" w:rsidP="003E2C79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="54ADDB69" w14:textId="77777777" w:rsidR="00E60FAB" w:rsidRDefault="00E60FAB" w:rsidP="00E60FAB">
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34CDA5AB" w14:textId="4426856D" w:rsidR="003E2C79" w:rsidRPr="00067CA4" w:rsidRDefault="003E2C79" w:rsidP="003E2C79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="2CC7371E" w14:textId="77777777" w:rsidR="009972E9" w:rsidRDefault="009972E9" w:rsidP="009972E9">
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Member, Steering</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067CA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Committee, Sam Nunn School</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1797B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2012-2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067CA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50595B99" w14:textId="77777777" w:rsidR="003E2C79" w:rsidRDefault="003E2C79" w:rsidP="003005E4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="719A49EB" w14:textId="77777777" w:rsidR="00E1797B" w:rsidRPr="00C03E6A" w:rsidRDefault="00E1797B" w:rsidP="00E1797B">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F1BEB8E" w14:textId="14D97487" w:rsidR="00362E74" w:rsidRDefault="003005E4" w:rsidP="00362E74">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Member, Awards Committee, </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Member, Liberal Arts Project Planning Committee, Ivan Allen Colle</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1797B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ge (2010-2012</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00362E74" w:rsidRPr="00362E74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D285A70" w14:textId="77777777" w:rsidR="00362E74" w:rsidRDefault="00362E74" w:rsidP="00362E74">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="502248D6" w14:textId="3AAE6DB3" w:rsidR="00362E74" w:rsidRDefault="00362E74" w:rsidP="00362E74">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Member, IR Qualifying Examination Committee, </w:t>
       </w:r>
       <w:r w:rsidRPr="00067CA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sam Nunn Schoo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>l of International Affairs (2014</w:t>
-[...6 lines deleted...]
-        <w:t>-2015</w:t>
+        <w:t>l (2009</w:t>
       </w:r>
       <w:r w:rsidRPr="00067CA4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067CA4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4712BC46" w14:textId="77777777" w:rsidR="00602768" w:rsidRDefault="00602768" w:rsidP="003E2C79">
+    <w:p w14:paraId="4E5124E4" w14:textId="77777777" w:rsidR="0019439B" w:rsidRDefault="0019439B" w:rsidP="00A56D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="34CDA5AB" w14:textId="77777777" w:rsidR="003E2C79" w:rsidRPr="00067CA4" w:rsidRDefault="003E2C79" w:rsidP="003E2C79">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A010EEE" w14:textId="77777777" w:rsidR="0019439B" w:rsidRPr="0019439B" w:rsidRDefault="0019439B" w:rsidP="00A56D8F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="50595B99" w14:textId="77777777" w:rsidR="003E2C79" w:rsidRDefault="003E2C79" w:rsidP="003005E4">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019439B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Other Contributions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A67A9B" w14:textId="77777777" w:rsidR="00A56D8F" w:rsidRDefault="00A56D8F" w:rsidP="005F5412">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F1BEB8E" w14:textId="77777777" w:rsidR="00362E74" w:rsidRDefault="003005E4" w:rsidP="00362E74">
+    <w:p w14:paraId="15FA9B33" w14:textId="649A95D4" w:rsidR="009F52AD" w:rsidRDefault="009F52AD" w:rsidP="009A2578">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Member, Liberal Arts Project Planning Committee, Ivan Allen Colle</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="00362E74" w:rsidRPr="00362E74">
+        <w:t xml:space="preserve">Interviewed by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F52AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Talk Media News</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the fifth anniversary of the Crimean annexation (March 2019)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1972C268" w14:textId="77777777" w:rsidR="002224B8" w:rsidRDefault="002224B8" w:rsidP="009A2578">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EBA6459" w14:textId="7E942FCC" w:rsidR="009A2578" w:rsidRDefault="009A2578" w:rsidP="009A2578">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Interviewed for “Nationhood Redefined,”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2578">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="3D285A70" w14:textId="77777777" w:rsidR="00362E74" w:rsidRDefault="00362E74" w:rsidP="00362E74">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">World Canvass </w:t>
+      </w:r>
+      <w:r w:rsidR="00345D13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TV Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Series, University of Iowa (October 2016)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA89494" w14:textId="77777777" w:rsidR="009A2578" w:rsidRDefault="009A2578" w:rsidP="005F5412">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="502248D6" w14:textId="77777777" w:rsidR="00362E74" w:rsidRDefault="00362E74" w:rsidP="00362E74">
+    <w:p w14:paraId="6158E155" w14:textId="77777777" w:rsidR="002779C6" w:rsidRPr="00F1008A" w:rsidRDefault="002779C6" w:rsidP="002779C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...46 lines deleted...]
-    <w:p w14:paraId="4E5124E4" w14:textId="77777777" w:rsidR="0019439B" w:rsidRDefault="0019439B" w:rsidP="00A56D8F">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interviewed by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1008A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fortune Magazine</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on separatist movements in Europe (July 2014)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C9657A" w14:textId="77777777" w:rsidR="002779C6" w:rsidRDefault="002779C6" w:rsidP="002779C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A010EEE" w14:textId="77777777" w:rsidR="0019439B" w:rsidRPr="0019439B" w:rsidRDefault="0019439B" w:rsidP="00A56D8F">
+    <w:p w14:paraId="2E46CCDE" w14:textId="77777777" w:rsidR="002779C6" w:rsidRDefault="002779C6" w:rsidP="002779C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interviewed by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B0780">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Wall Street Journal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on separatist movements in Europe (March 2014)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D2E286D" w14:textId="77777777" w:rsidR="00B34540" w:rsidRDefault="00B34540" w:rsidP="00A31E0C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ED1DE40" w14:textId="77777777" w:rsidR="00A31E0C" w:rsidRDefault="00A31E0C" w:rsidP="00A31E0C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Interviewed by News.az (Baku, Azerbaijan) for a piece on the peace process in the Nagorno-Karabakh conflict (March 2012)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74481271" w14:textId="77777777" w:rsidR="00A31E0C" w:rsidRDefault="00A31E0C" w:rsidP="00A31E0C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BF8670D" w14:textId="77777777" w:rsidR="00217AC7" w:rsidRDefault="00217AC7" w:rsidP="0019439B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Interviewed by the Public Radio of Armenia (Yerevan, Armenia) for a news show on the peace process in the Nagorno-Karabakh conflict</w:t>
+      </w:r>
+      <w:r w:rsidR="00B126AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (November 2010)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="539603B6" w14:textId="77777777" w:rsidR="00217AC7" w:rsidRDefault="00217AC7" w:rsidP="0019439B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D193A7A" w14:textId="77777777" w:rsidR="0019439B" w:rsidRPr="00671A68" w:rsidRDefault="0019439B" w:rsidP="0019439B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Interviewed by the Jewish Herald-Voice (Houston</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, TX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for a feature</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> article on the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Palestinian unilateral declaration of independence</w:t>
+      </w:r>
+      <w:r w:rsidR="00152BA9" w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(August 2010)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74EC0518" w14:textId="77777777" w:rsidR="001A0B92" w:rsidRPr="00E40BC2" w:rsidRDefault="001A0B92" w:rsidP="005F5412">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D8C6FEB" w14:textId="77777777" w:rsidR="005F5412" w:rsidRPr="00E40BC2" w:rsidRDefault="005F5412" w:rsidP="00B7494A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0019439B">
+      <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Other Contributions</w:t>
-[...406 lines deleted...]
-        </w:rPr>
         <w:t>GRANTS AND CONTRACTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FAE4A23" w14:textId="77777777" w:rsidR="00B7494A" w:rsidRDefault="00B7494A" w:rsidP="00B7494A">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="096AB7C3" w14:textId="01AEFEA2" w:rsidR="00DA4826" w:rsidRDefault="00DA4826" w:rsidP="00DA4826">
+    <w:p w14:paraId="52306577" w14:textId="6C984655" w:rsidR="00C601DD" w:rsidRDefault="00C601DD" w:rsidP="00C601DD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7494A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Faculty</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> International</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7494A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Conference Travel Grant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (amount granted $1,900)</w:t>
+        <w:t xml:space="preserve"> (amount granted $3,000)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7494A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Georgia Tech Founda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>tion, Ivan Allen College (Spring 2020</w:t>
+        <w:t>tion, Ivan Allen College (Summer 2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7494A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D171418" w14:textId="77777777" w:rsidR="00DA4826" w:rsidRDefault="00DA4826" w:rsidP="00447A5C">
+    <w:p w14:paraId="1F2CF652" w14:textId="77777777" w:rsidR="00C601DD" w:rsidRDefault="00C601DD" w:rsidP="00DA4826">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C5EEA4B" w14:textId="7E63934E" w:rsidR="00447A5C" w:rsidRDefault="00447A5C" w:rsidP="00447A5C">
+    <w:p w14:paraId="096AB7C3" w14:textId="25B15595" w:rsidR="00DA4826" w:rsidRDefault="00DA4826" w:rsidP="00DA4826">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7494A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Faculty</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> International</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7494A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Conference Travel Grant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (amount granted $3,000)</w:t>
+        <w:t xml:space="preserve"> (amount granted $1,900)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7494A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Georgia Tech Founda</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>tion, Ivan Allen College (Fall 2014</w:t>
+        <w:t>tion, Ivan Allen College (Spring 2020</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7494A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="704F2752" w14:textId="77777777" w:rsidR="00447A5C" w:rsidRDefault="00447A5C" w:rsidP="00447A5C">
+    <w:p w14:paraId="4D171418" w14:textId="77777777" w:rsidR="00DA4826" w:rsidRDefault="00DA4826" w:rsidP="00447A5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27A45A18" w14:textId="77777777" w:rsidR="00C83306" w:rsidRPr="00447A5C" w:rsidRDefault="00C83306" w:rsidP="00447A5C">
+    <w:p w14:paraId="4C5EEA4B" w14:textId="7E63934E" w:rsidR="00447A5C" w:rsidRDefault="00447A5C" w:rsidP="00447A5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7494A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Faculty</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7494A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Conference Travel Grant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (amount granted $3,000)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7494A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Georgia Tech Founda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tion, Ivan Allen College (Fall 2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7494A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="704F2752" w14:textId="77777777" w:rsidR="00447A5C" w:rsidRDefault="00447A5C" w:rsidP="00447A5C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27A45A18" w14:textId="77777777" w:rsidR="00C83306" w:rsidRPr="00447A5C" w:rsidRDefault="00C83306" w:rsidP="00447A5C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7494A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Faculty</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> International</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7494A">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Conference Travel Grant</w:t>
       </w:r>
@@ -13944,1249 +16410,1314 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>HONORS AND AWARDS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F42727A" w14:textId="65E656C0" w:rsidR="005F5412" w:rsidRDefault="005F5412" w:rsidP="005F5412">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:right="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="509AFA23" w14:textId="293BE467" w:rsidR="00B20509" w:rsidRDefault="00B20509" w:rsidP="005F5412">
-[...32 lines deleted...]
-    <w:p w14:paraId="032E5BD6" w14:textId="77777777" w:rsidR="00AF0636" w:rsidRPr="00671A68" w:rsidRDefault="00AF0636" w:rsidP="00AF0636">
+    <w:p w14:paraId="4F1D9ACE" w14:textId="62DBFB97" w:rsidR="00C56EA3" w:rsidRPr="00671A68" w:rsidRDefault="00C56EA3" w:rsidP="00C56EA3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00671A68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Thank a Teacher Certificates for Excell</w:t>
-[...6 lines deleted...]
-        <w:t>ence in Teaching (for INTA 2030 Ethics and International Affairs</w:t>
+        <w:t xml:space="preserve">Thank a Teacher </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Program Award</w:t>
       </w:r>
       <w:r w:rsidRPr="00671A68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">), Center for the Enhancement of Teaching and Learning &amp; Georgia Tech Alumni Student Ambassadors, </w:t>
-[...6 lines deleted...]
-        <w:t>Georgia Tech (Fall 2016</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(for INTA 3110 US Foreign Policy</w:t>
       </w:r>
       <w:r w:rsidRPr="00671A68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">), Center for the Enhancement of Teaching and Learning, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Georgia Tech (Fall 2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2485C5FC" w14:textId="77777777" w:rsidR="00AF0636" w:rsidRDefault="00AF0636" w:rsidP="0049371A">
+    <w:p w14:paraId="54E9D04C" w14:textId="77777777" w:rsidR="00C56EA3" w:rsidRDefault="00C56EA3" w:rsidP="005F5412">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="509AFA23" w14:textId="3DC8A189" w:rsidR="00B20509" w:rsidRDefault="00B20509" w:rsidP="005F5412">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2019 Service Award, Georgia Tech (Spring 2019)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79B60D85" w14:textId="77777777" w:rsidR="00DA4826" w:rsidRDefault="00DA4826" w:rsidP="005F5412">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="032E5BD6" w14:textId="42E2911F" w:rsidR="00AF0636" w:rsidRPr="00671A68" w:rsidRDefault="00AF0636" w:rsidP="00AF0636">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="3B091297" w14:textId="77777777" w:rsidR="0049371A" w:rsidRPr="00671A68" w:rsidRDefault="0049371A" w:rsidP="0049371A">
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Thank a Teacher Certificate for Excell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ence in Teaching (for INTA 2030 Ethics and International Affairs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), Center for the Enhancement of Teaching and Learning &amp; Georgia Tech Alumni Student Ambassadors, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Georgia Tech (Fall 2016</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2485C5FC" w14:textId="77777777" w:rsidR="00AF0636" w:rsidRDefault="00AF0636" w:rsidP="0049371A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00671A68">
-[...82 lines deleted...]
-    <w:p w14:paraId="000A3CBF" w14:textId="77777777" w:rsidR="002C4DCC" w:rsidRDefault="002C4DCC" w:rsidP="00802A8D">
+    </w:p>
+    <w:p w14:paraId="3B091297" w14:textId="08E62CB4" w:rsidR="0049371A" w:rsidRPr="00671A68" w:rsidRDefault="0049371A" w:rsidP="0049371A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="23C912E0" w14:textId="77777777" w:rsidR="00802A8D" w:rsidRPr="00671A68" w:rsidRDefault="00802A8D" w:rsidP="00802A8D">
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Thank a Teacher Certificate for Excell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ence in Teaching (for INTA 3031</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Human Rights), Center for the Enhancement of Teaching and Learning &amp; Georgia Tech Alumni Student Ambassadors, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Georgia Tech (Spring 2015</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661B049E" w14:textId="77777777" w:rsidR="0049371A" w:rsidRDefault="0049371A" w:rsidP="005F5412">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="358D1277" w14:textId="77777777" w:rsidR="002C4DCC" w:rsidRDefault="002C4DCC" w:rsidP="005F5412">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Faculty Appreciation Award, INTA Graduate Organization, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3748">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sam Nunn School</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Spring 2014)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000A3CBF" w14:textId="77777777" w:rsidR="002C4DCC" w:rsidRDefault="002C4DCC" w:rsidP="00802A8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00671A68">
-[...36 lines deleted...]
-    <w:p w14:paraId="73E5EAA6" w14:textId="77777777" w:rsidR="00802A8D" w:rsidRDefault="00802A8D" w:rsidP="002368E4">
+    </w:p>
+    <w:p w14:paraId="23C912E0" w14:textId="014DB216" w:rsidR="00802A8D" w:rsidRPr="00671A68" w:rsidRDefault="00802A8D" w:rsidP="00802A8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="5667D086" w14:textId="77777777" w:rsidR="002368E4" w:rsidRDefault="002368E4" w:rsidP="002368E4">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Thank a Teacher Certificate for Excell</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ence in Teaching (for INTA 3031</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Human Rights), Center for the Enhancement of Teaching and Learning &amp; Georgia Tech Alumni Student Ambassadors, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Georgia Tech (Fall 2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E5EAA6" w14:textId="77777777" w:rsidR="00802A8D" w:rsidRDefault="00802A8D" w:rsidP="002368E4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w14:paraId="67B78602" w14:textId="77777777" w:rsidR="002368E4" w:rsidRDefault="002368E4" w:rsidP="00CC60BC">
+    </w:p>
+    <w:p w14:paraId="5667D086" w14:textId="6A5631D4" w:rsidR="002368E4" w:rsidRDefault="002368E4" w:rsidP="002368E4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="069CF90F" w14:textId="77777777" w:rsidR="00CC60BC" w:rsidRPr="00671A68" w:rsidRDefault="00CC60BC" w:rsidP="00CC60BC">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Gold Star Award in Recognition of the Highest Level of Accomplishment in Research, Ivan Allen College</w:t>
+      </w:r>
+      <w:r w:rsidR="0097096D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C38D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>(Spring</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2011)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B78602" w14:textId="77777777" w:rsidR="002368E4" w:rsidRDefault="002368E4" w:rsidP="00CC60BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="24"/>
-[...70 lines deleted...]
-    <w:p w14:paraId="4F0B715E" w14:textId="77777777" w:rsidR="00CC60BC" w:rsidRPr="00671A68" w:rsidRDefault="00CC60BC" w:rsidP="00CC60BC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="069CF90F" w14:textId="40E8ED79" w:rsidR="00CC60BC" w:rsidRPr="00671A68" w:rsidRDefault="00CC60BC" w:rsidP="00CC60BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="0508F07A" w14:textId="77777777" w:rsidR="00CC60BC" w:rsidRPr="00671A68" w:rsidRDefault="00CC60BC" w:rsidP="00CC60BC">
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Campus Teaching Award Recognition</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for Outstanding Teaching in Political Science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, American Political Science Association</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Pi Sigma A</w:t>
+      </w:r>
+      <w:r w:rsidR="00736A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>pha</w:t>
+      </w:r>
+      <w:r w:rsidR="00D82515">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30106" w:rsidRPr="00C0241E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> National Political Science Honor Society</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (September</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2010)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0B715E" w14:textId="77777777" w:rsidR="00CC60BC" w:rsidRPr="00671A68" w:rsidRDefault="00CC60BC" w:rsidP="00CC60BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00671A68">
-[...35 lines deleted...]
-    <w:p w14:paraId="42FE3D2E" w14:textId="77777777" w:rsidR="002307ED" w:rsidRPr="00CC60BC" w:rsidRDefault="002307ED" w:rsidP="00E44F48">
+    </w:p>
+    <w:p w14:paraId="0508F07A" w14:textId="77777777" w:rsidR="00CC60BC" w:rsidRPr="00671A68" w:rsidRDefault="00CC60BC" w:rsidP="00CC60BC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2E7DE4C7" w14:textId="77777777" w:rsidR="00E44F48" w:rsidRDefault="00736A3F" w:rsidP="005833D2">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Thank a Teacher Certificates for Excell</w:t>
+      </w:r>
+      <w:r w:rsidR="00802A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ence in Teaching (for INTA 3031 Human Rights and INTA 4060</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> International Law), Center for the Enhancement of Teaching and Learning &amp; Georgia Tech Alumni Student Ambassadors, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C42132">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Georgia Tech</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00671A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Spring 2010)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42FE3D2E" w14:textId="77777777" w:rsidR="002307ED" w:rsidRPr="00CC60BC" w:rsidRDefault="002307ED" w:rsidP="00E44F48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:szCs w:val="24"/>
-[...87 lines deleted...]
-    <w:p w14:paraId="2EBE82AE" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRDefault="000C33BE" w:rsidP="005833D2">
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E7DE4C7" w14:textId="77777777" w:rsidR="00E44F48" w:rsidRDefault="00736A3F" w:rsidP="005833D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...78 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nomination</w:t>
+      </w:r>
+      <w:r w:rsidR="0085123A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44F48" w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00E47F94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44F48" w:rsidRPr="00E47F94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vincent Lemieux Prize for the Best Ph.D. </w:t>
+      </w:r>
+      <w:r w:rsidR="0085123A" w:rsidRPr="00E47F94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dissertation in Canada</w:t>
+      </w:r>
+      <w:r w:rsidR="00E47F94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Canadian Political Science Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB462A" w:rsidRPr="00E47F94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44F48" w:rsidRPr="00E47F94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB462A" w:rsidRPr="00E47F94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E40BC2">
+      <w:r w:rsidR="005833D2" w:rsidRPr="00E40BC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16053301" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
-[...326 lines deleted...]
-    <w:p w14:paraId="422252BC" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRPr="00E40BC2" w:rsidRDefault="000C33BE" w:rsidP="005833D2">
+    <w:p w14:paraId="2EBE82AE" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRDefault="000C33BE" w:rsidP="005833D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="000C33BE" w:rsidRPr="00E40BC2" w:rsidSect="00CC1AC3">
+    <w:p w14:paraId="5DA825A0" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRPr="0085123A" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+          <w:tab w:val="left" w:pos="1170"/>
+        </w:tabs>
+        <w:ind w:right="-720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0085123A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>OTHER SCHOLARLY ACCOMPLISHMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B851DB" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRPr="00E40BC2" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3828F329" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRPr="00E40BC2" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hugo E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Meilicke</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Memorial Fellowship (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2003-2004</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16053301" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60826F4C" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRPr="00E40BC2" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">University of British Columbia Top-Up Grant for National </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Research Council Award Winners (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2000-2002</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06F4B0D2" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74302594" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRPr="00E40BC2" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Social Sciences and Humanities Research Council</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Canada Doctoral Fellowship (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2000-2003</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="761E8EEE" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D5E3D85" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRPr="00E40BC2" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Izaak Walton Killam Me</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>morial Pre-Doctoral Fellowship (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1999-2001</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736AD0EF" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63DE54D0" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRPr="00E40BC2" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of Toronto Connaught</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Graduate Fellowship (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1999-2003</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>declined)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6368904B" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D747A31" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ontario Graduate Scholarship (1999-2000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>declined)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="388087B0" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35E23544" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRPr="00E40BC2" w:rsidRDefault="000C33BE" w:rsidP="000C33BE">
+      <w:pPr>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>University of British Columb</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ia Partial Graduate Fellowship (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1997-1998</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E40BC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="422252BC" w14:textId="77777777" w:rsidR="000C33BE" w:rsidRPr="00E40BC2" w:rsidRDefault="000C33BE" w:rsidP="005833D2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="1701"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="000C33BE" w:rsidRPr="00E40BC2" w:rsidSect="0013089E">
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1800" w:bottom="1152" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56E119F9" w14:textId="77777777" w:rsidR="003130A2" w:rsidRDefault="003130A2" w:rsidP="00B51B3A">
+    <w:p w14:paraId="3E12DDF3" w14:textId="77777777" w:rsidR="004E115C" w:rsidRDefault="004E115C" w:rsidP="00B51B3A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7C6E7064" w14:textId="77777777" w:rsidR="003130A2" w:rsidRDefault="003130A2" w:rsidP="00B51B3A">
+    <w:p w14:paraId="575E1CB6" w14:textId="77777777" w:rsidR="004E115C" w:rsidRDefault="004E115C" w:rsidP="00B51B3A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="153FB379" w14:textId="77777777" w:rsidR="00B34EFC" w:rsidRDefault="00A40D80">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="153FB379" w14:textId="77777777" w:rsidR="00A95D6A" w:rsidRDefault="00A40D80">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00D954DB">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00D954DB">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="47D4D4B7" w14:textId="77777777" w:rsidR="00B34EFC" w:rsidRDefault="003130A2">
+  <w:p w14:paraId="47D4D4B7" w14:textId="77777777" w:rsidR="00A95D6A" w:rsidRDefault="00A95D6A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-  <w:p w14:paraId="262FF84A" w14:textId="77777777" w:rsidR="00B34EFC" w:rsidRDefault="00A40D80">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="262FF84A" w14:textId="77777777" w:rsidR="00A95D6A" w:rsidRDefault="00A40D80">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00D954DB">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="001D1EC0">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>12</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1954FCE3" w14:textId="77777777" w:rsidR="00B34EFC" w:rsidRDefault="003130A2">
+  <w:p w14:paraId="1954FCE3" w14:textId="77777777" w:rsidR="00A95D6A" w:rsidRDefault="00A95D6A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6892A668" w14:textId="77777777" w:rsidR="003130A2" w:rsidRDefault="003130A2" w:rsidP="00B51B3A">
+    <w:p w14:paraId="191F689F" w14:textId="77777777" w:rsidR="004E115C" w:rsidRDefault="004E115C" w:rsidP="00B51B3A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="688B1893" w14:textId="77777777" w:rsidR="003130A2" w:rsidRDefault="003130A2" w:rsidP="00B51B3A">
+    <w:p w14:paraId="63D8B436" w14:textId="77777777" w:rsidR="004E115C" w:rsidRDefault="004E115C" w:rsidP="00B51B3A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00130409"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000000"/>
     <w:lvl w:ilvl="0">
@@ -15332,803 +17863,978 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1482770125">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2103531488">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="84763774">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1712269728">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="612787675">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="392235000">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F5412"/>
+    <w:rsid w:val="00004B59"/>
     <w:rsid w:val="00005369"/>
     <w:rsid w:val="000122F7"/>
+    <w:rsid w:val="000177B0"/>
     <w:rsid w:val="0002369C"/>
+    <w:rsid w:val="00023736"/>
     <w:rsid w:val="00024625"/>
     <w:rsid w:val="00025CBF"/>
     <w:rsid w:val="0004008A"/>
+    <w:rsid w:val="00042089"/>
     <w:rsid w:val="000431C4"/>
     <w:rsid w:val="00054E9D"/>
     <w:rsid w:val="000601BC"/>
     <w:rsid w:val="00060649"/>
+    <w:rsid w:val="00061B74"/>
+    <w:rsid w:val="00065670"/>
     <w:rsid w:val="00066160"/>
     <w:rsid w:val="0006707F"/>
     <w:rsid w:val="00067CA4"/>
+    <w:rsid w:val="00071F2C"/>
+    <w:rsid w:val="00072B67"/>
     <w:rsid w:val="00080759"/>
     <w:rsid w:val="00082364"/>
     <w:rsid w:val="000850F7"/>
     <w:rsid w:val="000854C3"/>
+    <w:rsid w:val="00087E5D"/>
     <w:rsid w:val="00090F2B"/>
     <w:rsid w:val="000912C0"/>
     <w:rsid w:val="0009165B"/>
     <w:rsid w:val="00093E0E"/>
     <w:rsid w:val="00094D8C"/>
     <w:rsid w:val="00096822"/>
     <w:rsid w:val="000A02D0"/>
     <w:rsid w:val="000A1571"/>
     <w:rsid w:val="000A255A"/>
     <w:rsid w:val="000A5B73"/>
     <w:rsid w:val="000A6EAC"/>
     <w:rsid w:val="000A7826"/>
     <w:rsid w:val="000A7DB0"/>
     <w:rsid w:val="000B15CA"/>
     <w:rsid w:val="000B4392"/>
     <w:rsid w:val="000B669E"/>
     <w:rsid w:val="000C1C7D"/>
     <w:rsid w:val="000C33BE"/>
     <w:rsid w:val="000C7934"/>
     <w:rsid w:val="000D0271"/>
+    <w:rsid w:val="000D02F2"/>
     <w:rsid w:val="000D2DA7"/>
     <w:rsid w:val="000D5ABD"/>
     <w:rsid w:val="000D659C"/>
+    <w:rsid w:val="000D70EC"/>
     <w:rsid w:val="000E6272"/>
     <w:rsid w:val="000F3E7B"/>
     <w:rsid w:val="000F7346"/>
     <w:rsid w:val="00110D60"/>
+    <w:rsid w:val="001120F7"/>
     <w:rsid w:val="00113110"/>
     <w:rsid w:val="00113A53"/>
     <w:rsid w:val="001140DB"/>
     <w:rsid w:val="00114158"/>
     <w:rsid w:val="001143D5"/>
     <w:rsid w:val="00120DF3"/>
     <w:rsid w:val="00122111"/>
     <w:rsid w:val="001251F4"/>
     <w:rsid w:val="001262CA"/>
     <w:rsid w:val="00126456"/>
     <w:rsid w:val="00127844"/>
+    <w:rsid w:val="0013089E"/>
+    <w:rsid w:val="00131D7D"/>
     <w:rsid w:val="001324C3"/>
     <w:rsid w:val="00133A7C"/>
     <w:rsid w:val="00136A56"/>
     <w:rsid w:val="001378EB"/>
     <w:rsid w:val="00137D6B"/>
     <w:rsid w:val="00147B20"/>
     <w:rsid w:val="00152AAB"/>
     <w:rsid w:val="00152BA9"/>
     <w:rsid w:val="00152C05"/>
+    <w:rsid w:val="00153011"/>
     <w:rsid w:val="001543A6"/>
+    <w:rsid w:val="001553D3"/>
+    <w:rsid w:val="00155ECC"/>
+    <w:rsid w:val="00177525"/>
     <w:rsid w:val="001802E6"/>
     <w:rsid w:val="00180C8C"/>
     <w:rsid w:val="00184C64"/>
     <w:rsid w:val="00187E28"/>
     <w:rsid w:val="0019439B"/>
     <w:rsid w:val="00196012"/>
     <w:rsid w:val="00197109"/>
     <w:rsid w:val="001A0B92"/>
     <w:rsid w:val="001A6483"/>
     <w:rsid w:val="001B17A6"/>
+    <w:rsid w:val="001B3CE2"/>
+    <w:rsid w:val="001B569D"/>
     <w:rsid w:val="001B6CA2"/>
     <w:rsid w:val="001B71B8"/>
     <w:rsid w:val="001C02F5"/>
     <w:rsid w:val="001C05D8"/>
     <w:rsid w:val="001C0B08"/>
     <w:rsid w:val="001C2F1D"/>
+    <w:rsid w:val="001C3073"/>
     <w:rsid w:val="001C551F"/>
     <w:rsid w:val="001C5F79"/>
     <w:rsid w:val="001D18AB"/>
     <w:rsid w:val="001D1EC0"/>
+    <w:rsid w:val="001D7833"/>
     <w:rsid w:val="001E0341"/>
     <w:rsid w:val="001E3F19"/>
     <w:rsid w:val="001E7364"/>
     <w:rsid w:val="001F0025"/>
     <w:rsid w:val="001F0A6E"/>
     <w:rsid w:val="001F16F2"/>
     <w:rsid w:val="001F184F"/>
     <w:rsid w:val="001F4303"/>
     <w:rsid w:val="0020229B"/>
     <w:rsid w:val="00203DC3"/>
+    <w:rsid w:val="00207A5E"/>
+    <w:rsid w:val="0021127A"/>
     <w:rsid w:val="00213B7F"/>
+    <w:rsid w:val="00215F42"/>
     <w:rsid w:val="00217AC7"/>
     <w:rsid w:val="00220263"/>
     <w:rsid w:val="00221AB6"/>
     <w:rsid w:val="002224B8"/>
     <w:rsid w:val="002242B1"/>
     <w:rsid w:val="00226BA8"/>
     <w:rsid w:val="00227B10"/>
     <w:rsid w:val="00227B31"/>
     <w:rsid w:val="002307ED"/>
     <w:rsid w:val="0023271F"/>
+    <w:rsid w:val="00235839"/>
     <w:rsid w:val="00235B50"/>
     <w:rsid w:val="002368E4"/>
     <w:rsid w:val="002416AF"/>
     <w:rsid w:val="00243B0B"/>
     <w:rsid w:val="00243C4B"/>
     <w:rsid w:val="00246879"/>
     <w:rsid w:val="00253D27"/>
     <w:rsid w:val="00256333"/>
     <w:rsid w:val="00256A3C"/>
     <w:rsid w:val="0026086D"/>
     <w:rsid w:val="00266D4D"/>
     <w:rsid w:val="002701B4"/>
     <w:rsid w:val="002779C6"/>
     <w:rsid w:val="00281D74"/>
     <w:rsid w:val="00282C1D"/>
     <w:rsid w:val="002837BC"/>
     <w:rsid w:val="00284C84"/>
     <w:rsid w:val="002850B2"/>
+    <w:rsid w:val="00286885"/>
     <w:rsid w:val="00286AFA"/>
     <w:rsid w:val="002912B5"/>
     <w:rsid w:val="0029502B"/>
     <w:rsid w:val="002959CF"/>
     <w:rsid w:val="00295AA8"/>
     <w:rsid w:val="00295F65"/>
     <w:rsid w:val="002B41F8"/>
     <w:rsid w:val="002B64FD"/>
     <w:rsid w:val="002C14C3"/>
     <w:rsid w:val="002C4DCC"/>
     <w:rsid w:val="002D2341"/>
     <w:rsid w:val="002D261F"/>
     <w:rsid w:val="002D4997"/>
+    <w:rsid w:val="002E17DB"/>
     <w:rsid w:val="002E2580"/>
     <w:rsid w:val="002F0C3B"/>
     <w:rsid w:val="002F3879"/>
     <w:rsid w:val="003005E4"/>
     <w:rsid w:val="00300981"/>
     <w:rsid w:val="00305CB1"/>
     <w:rsid w:val="00311D62"/>
     <w:rsid w:val="003130A2"/>
     <w:rsid w:val="00320B20"/>
     <w:rsid w:val="003212C1"/>
+    <w:rsid w:val="00323A06"/>
     <w:rsid w:val="00323A0C"/>
+    <w:rsid w:val="00323C0A"/>
     <w:rsid w:val="0033062C"/>
+    <w:rsid w:val="00332FF0"/>
     <w:rsid w:val="003437E3"/>
     <w:rsid w:val="003452FF"/>
     <w:rsid w:val="00345D13"/>
     <w:rsid w:val="0034742E"/>
     <w:rsid w:val="00350509"/>
+    <w:rsid w:val="0036062C"/>
     <w:rsid w:val="00362E74"/>
     <w:rsid w:val="00364318"/>
     <w:rsid w:val="00364DD8"/>
     <w:rsid w:val="003670C1"/>
+    <w:rsid w:val="00370855"/>
     <w:rsid w:val="00370EA2"/>
     <w:rsid w:val="00376A2F"/>
     <w:rsid w:val="0038167A"/>
     <w:rsid w:val="003822C3"/>
+    <w:rsid w:val="00385F48"/>
     <w:rsid w:val="00391107"/>
     <w:rsid w:val="0039206B"/>
     <w:rsid w:val="003964CF"/>
     <w:rsid w:val="003A2391"/>
+    <w:rsid w:val="003A60DD"/>
+    <w:rsid w:val="003A6831"/>
     <w:rsid w:val="003A7747"/>
+    <w:rsid w:val="003C476D"/>
     <w:rsid w:val="003C69D7"/>
     <w:rsid w:val="003C78E2"/>
     <w:rsid w:val="003D0216"/>
     <w:rsid w:val="003D5C1C"/>
     <w:rsid w:val="003E194C"/>
     <w:rsid w:val="003E22D6"/>
     <w:rsid w:val="003E2C79"/>
     <w:rsid w:val="003E3809"/>
     <w:rsid w:val="003F1CA8"/>
     <w:rsid w:val="003F1DDC"/>
     <w:rsid w:val="003F3657"/>
     <w:rsid w:val="003F3C01"/>
     <w:rsid w:val="003F4888"/>
     <w:rsid w:val="003F748B"/>
+    <w:rsid w:val="00400B84"/>
     <w:rsid w:val="00404248"/>
+    <w:rsid w:val="004049F4"/>
     <w:rsid w:val="0040573A"/>
     <w:rsid w:val="00405F62"/>
     <w:rsid w:val="00407786"/>
     <w:rsid w:val="00412E79"/>
     <w:rsid w:val="004156D3"/>
     <w:rsid w:val="00417428"/>
     <w:rsid w:val="00422CEE"/>
+    <w:rsid w:val="00423E08"/>
     <w:rsid w:val="00424836"/>
     <w:rsid w:val="0042632F"/>
     <w:rsid w:val="00430617"/>
     <w:rsid w:val="00434BBD"/>
     <w:rsid w:val="00444CA8"/>
     <w:rsid w:val="00447A5C"/>
     <w:rsid w:val="00447C9B"/>
     <w:rsid w:val="0045260C"/>
     <w:rsid w:val="00454DC7"/>
+    <w:rsid w:val="00456078"/>
+    <w:rsid w:val="00460136"/>
     <w:rsid w:val="0046684E"/>
     <w:rsid w:val="00470CFF"/>
     <w:rsid w:val="00470D0E"/>
     <w:rsid w:val="00474D47"/>
     <w:rsid w:val="004818EF"/>
     <w:rsid w:val="00482AB4"/>
     <w:rsid w:val="004846C9"/>
     <w:rsid w:val="00484E35"/>
+    <w:rsid w:val="00485094"/>
     <w:rsid w:val="0049371A"/>
     <w:rsid w:val="004A7133"/>
     <w:rsid w:val="004B3C0E"/>
+    <w:rsid w:val="004B4EFC"/>
     <w:rsid w:val="004B6607"/>
     <w:rsid w:val="004C062F"/>
     <w:rsid w:val="004C159A"/>
+    <w:rsid w:val="004C3021"/>
     <w:rsid w:val="004C3E2E"/>
     <w:rsid w:val="004D7ADA"/>
+    <w:rsid w:val="004E115C"/>
     <w:rsid w:val="004E1968"/>
     <w:rsid w:val="004E1F15"/>
+    <w:rsid w:val="004E59C8"/>
     <w:rsid w:val="004E7ADF"/>
     <w:rsid w:val="004F054A"/>
     <w:rsid w:val="004F1B16"/>
     <w:rsid w:val="004F757C"/>
     <w:rsid w:val="0050468E"/>
     <w:rsid w:val="00512BDE"/>
     <w:rsid w:val="00517937"/>
     <w:rsid w:val="005215EE"/>
+    <w:rsid w:val="005261E2"/>
+    <w:rsid w:val="005263D3"/>
     <w:rsid w:val="00530C94"/>
     <w:rsid w:val="00532C98"/>
     <w:rsid w:val="00541668"/>
     <w:rsid w:val="00542E8D"/>
     <w:rsid w:val="00543083"/>
     <w:rsid w:val="005448C6"/>
     <w:rsid w:val="00544924"/>
     <w:rsid w:val="00545467"/>
     <w:rsid w:val="00547D2B"/>
     <w:rsid w:val="00550BBE"/>
     <w:rsid w:val="00553290"/>
+    <w:rsid w:val="00554FFB"/>
+    <w:rsid w:val="00557438"/>
     <w:rsid w:val="00565A64"/>
+    <w:rsid w:val="00565F17"/>
     <w:rsid w:val="0056742D"/>
     <w:rsid w:val="005730B8"/>
     <w:rsid w:val="00582258"/>
+    <w:rsid w:val="0058337C"/>
     <w:rsid w:val="005833D2"/>
+    <w:rsid w:val="00584336"/>
     <w:rsid w:val="00584690"/>
     <w:rsid w:val="005851F0"/>
     <w:rsid w:val="0058547A"/>
     <w:rsid w:val="00590BFA"/>
     <w:rsid w:val="0059253C"/>
+    <w:rsid w:val="005969E3"/>
     <w:rsid w:val="00596E9B"/>
+    <w:rsid w:val="005979B8"/>
+    <w:rsid w:val="005A7F8D"/>
     <w:rsid w:val="005C52C4"/>
     <w:rsid w:val="005E1E4F"/>
     <w:rsid w:val="005F1F42"/>
+    <w:rsid w:val="005F255F"/>
     <w:rsid w:val="005F5412"/>
     <w:rsid w:val="005F5527"/>
     <w:rsid w:val="00602768"/>
     <w:rsid w:val="0060367F"/>
     <w:rsid w:val="006053D9"/>
     <w:rsid w:val="00610261"/>
     <w:rsid w:val="00610D50"/>
     <w:rsid w:val="00617E6F"/>
     <w:rsid w:val="0062020E"/>
     <w:rsid w:val="00620656"/>
     <w:rsid w:val="00623B2A"/>
     <w:rsid w:val="00624287"/>
+    <w:rsid w:val="00624AB9"/>
+    <w:rsid w:val="00645563"/>
     <w:rsid w:val="0064599B"/>
     <w:rsid w:val="00647B89"/>
     <w:rsid w:val="00651026"/>
+    <w:rsid w:val="00652BB7"/>
     <w:rsid w:val="00654D6A"/>
+    <w:rsid w:val="006608FF"/>
     <w:rsid w:val="00663EFD"/>
     <w:rsid w:val="00663F85"/>
+    <w:rsid w:val="006647F8"/>
     <w:rsid w:val="00664B6C"/>
     <w:rsid w:val="00666EF4"/>
     <w:rsid w:val="00670F73"/>
     <w:rsid w:val="006756FB"/>
     <w:rsid w:val="006775D6"/>
     <w:rsid w:val="00677AA8"/>
     <w:rsid w:val="00682F0A"/>
     <w:rsid w:val="006830A7"/>
     <w:rsid w:val="00684042"/>
     <w:rsid w:val="0068468C"/>
     <w:rsid w:val="006952AF"/>
     <w:rsid w:val="00695C60"/>
     <w:rsid w:val="006A4024"/>
     <w:rsid w:val="006A5C95"/>
     <w:rsid w:val="006B2480"/>
     <w:rsid w:val="006B550C"/>
+    <w:rsid w:val="006B654F"/>
     <w:rsid w:val="006C01FF"/>
     <w:rsid w:val="006C15B6"/>
+    <w:rsid w:val="006C19DE"/>
+    <w:rsid w:val="006C26E0"/>
+    <w:rsid w:val="006C34D5"/>
+    <w:rsid w:val="006C3B83"/>
     <w:rsid w:val="006C7531"/>
     <w:rsid w:val="006D0E79"/>
     <w:rsid w:val="006D130B"/>
     <w:rsid w:val="006D51AD"/>
+    <w:rsid w:val="006D5ADF"/>
+    <w:rsid w:val="006D67D5"/>
+    <w:rsid w:val="006E5968"/>
     <w:rsid w:val="006F2981"/>
     <w:rsid w:val="006F3E32"/>
     <w:rsid w:val="006F5653"/>
     <w:rsid w:val="006F7182"/>
     <w:rsid w:val="006F7329"/>
+    <w:rsid w:val="006F77CF"/>
     <w:rsid w:val="0070119E"/>
     <w:rsid w:val="007048CC"/>
     <w:rsid w:val="00715F5C"/>
+    <w:rsid w:val="00716091"/>
     <w:rsid w:val="00723E9A"/>
     <w:rsid w:val="00725861"/>
     <w:rsid w:val="007263C5"/>
+    <w:rsid w:val="00726FD5"/>
+    <w:rsid w:val="00730DD2"/>
     <w:rsid w:val="00735AE2"/>
     <w:rsid w:val="00736A3F"/>
     <w:rsid w:val="0074099C"/>
     <w:rsid w:val="0074167C"/>
     <w:rsid w:val="0074244B"/>
     <w:rsid w:val="00743F7B"/>
     <w:rsid w:val="0074576B"/>
     <w:rsid w:val="00745ABE"/>
     <w:rsid w:val="00745EC8"/>
     <w:rsid w:val="0075168F"/>
     <w:rsid w:val="0075313E"/>
     <w:rsid w:val="0075578B"/>
     <w:rsid w:val="00763B92"/>
+    <w:rsid w:val="0076415E"/>
     <w:rsid w:val="0076734B"/>
     <w:rsid w:val="00770411"/>
+    <w:rsid w:val="007736CF"/>
     <w:rsid w:val="00776E88"/>
     <w:rsid w:val="007828AD"/>
     <w:rsid w:val="00784A5A"/>
+    <w:rsid w:val="0078622D"/>
+    <w:rsid w:val="007934FC"/>
+    <w:rsid w:val="00795C3A"/>
+    <w:rsid w:val="007A4FD7"/>
+    <w:rsid w:val="007B211C"/>
     <w:rsid w:val="007B347C"/>
     <w:rsid w:val="007B4BC5"/>
     <w:rsid w:val="007C521F"/>
     <w:rsid w:val="007C7675"/>
     <w:rsid w:val="007C7A92"/>
     <w:rsid w:val="007D193C"/>
     <w:rsid w:val="007D70DD"/>
     <w:rsid w:val="007D7F17"/>
     <w:rsid w:val="007E0CA3"/>
     <w:rsid w:val="007F19CB"/>
     <w:rsid w:val="007F4E44"/>
     <w:rsid w:val="007F5CD6"/>
     <w:rsid w:val="007F66EA"/>
     <w:rsid w:val="00802A8D"/>
     <w:rsid w:val="00802F8D"/>
     <w:rsid w:val="00804CF9"/>
     <w:rsid w:val="00805D43"/>
     <w:rsid w:val="00810208"/>
+    <w:rsid w:val="00810943"/>
     <w:rsid w:val="00812EF2"/>
     <w:rsid w:val="0081327C"/>
+    <w:rsid w:val="00813DD2"/>
     <w:rsid w:val="00816120"/>
     <w:rsid w:val="0081645E"/>
     <w:rsid w:val="00817839"/>
     <w:rsid w:val="00822441"/>
     <w:rsid w:val="008240FD"/>
+    <w:rsid w:val="00825CC1"/>
+    <w:rsid w:val="00826B79"/>
+    <w:rsid w:val="00827479"/>
     <w:rsid w:val="00830F38"/>
     <w:rsid w:val="00836296"/>
     <w:rsid w:val="008368A2"/>
+    <w:rsid w:val="0083764A"/>
     <w:rsid w:val="008420BE"/>
+    <w:rsid w:val="00843DFF"/>
+    <w:rsid w:val="00844285"/>
     <w:rsid w:val="0085123A"/>
+    <w:rsid w:val="00852450"/>
     <w:rsid w:val="00853ABB"/>
+    <w:rsid w:val="00867884"/>
     <w:rsid w:val="0087304E"/>
     <w:rsid w:val="0087476B"/>
     <w:rsid w:val="00875861"/>
     <w:rsid w:val="00875E98"/>
     <w:rsid w:val="0088389B"/>
     <w:rsid w:val="00885E76"/>
     <w:rsid w:val="00886F22"/>
     <w:rsid w:val="008920F2"/>
     <w:rsid w:val="00892379"/>
     <w:rsid w:val="00896DF4"/>
     <w:rsid w:val="008977D8"/>
     <w:rsid w:val="008A746E"/>
     <w:rsid w:val="008A7F8F"/>
     <w:rsid w:val="008B1A4F"/>
     <w:rsid w:val="008B5602"/>
     <w:rsid w:val="008C0216"/>
     <w:rsid w:val="008C08CB"/>
     <w:rsid w:val="008C18C1"/>
     <w:rsid w:val="008C38D3"/>
     <w:rsid w:val="008C5E02"/>
     <w:rsid w:val="008C6FAD"/>
+    <w:rsid w:val="008D4236"/>
+    <w:rsid w:val="008D51CC"/>
     <w:rsid w:val="008D6936"/>
+    <w:rsid w:val="008D7356"/>
     <w:rsid w:val="008E12E9"/>
     <w:rsid w:val="008E2A69"/>
     <w:rsid w:val="008E31D9"/>
     <w:rsid w:val="008E7DF5"/>
     <w:rsid w:val="008F3FE2"/>
     <w:rsid w:val="008F4862"/>
     <w:rsid w:val="008F57DD"/>
     <w:rsid w:val="008F6FEF"/>
+    <w:rsid w:val="00901B1E"/>
     <w:rsid w:val="0090237A"/>
     <w:rsid w:val="0090270F"/>
     <w:rsid w:val="00917C20"/>
     <w:rsid w:val="00921270"/>
     <w:rsid w:val="00921ECD"/>
+    <w:rsid w:val="00922A01"/>
     <w:rsid w:val="0092300A"/>
     <w:rsid w:val="00923975"/>
     <w:rsid w:val="00923BF5"/>
     <w:rsid w:val="009258E1"/>
+    <w:rsid w:val="00926B6E"/>
+    <w:rsid w:val="00937A12"/>
     <w:rsid w:val="0094267E"/>
     <w:rsid w:val="00943815"/>
     <w:rsid w:val="009439D6"/>
     <w:rsid w:val="00945A39"/>
     <w:rsid w:val="0094799B"/>
     <w:rsid w:val="00947D72"/>
     <w:rsid w:val="00951613"/>
+    <w:rsid w:val="009518EA"/>
     <w:rsid w:val="00957729"/>
     <w:rsid w:val="009579C8"/>
+    <w:rsid w:val="0096349E"/>
     <w:rsid w:val="00963E09"/>
     <w:rsid w:val="00964B03"/>
     <w:rsid w:val="00964C30"/>
     <w:rsid w:val="009650D0"/>
+    <w:rsid w:val="00965254"/>
+    <w:rsid w:val="0097096D"/>
+    <w:rsid w:val="0097250E"/>
     <w:rsid w:val="009738DB"/>
+    <w:rsid w:val="0097722F"/>
     <w:rsid w:val="00981632"/>
     <w:rsid w:val="00981CF3"/>
     <w:rsid w:val="00981E2C"/>
     <w:rsid w:val="009879A5"/>
     <w:rsid w:val="00990FBD"/>
     <w:rsid w:val="00997042"/>
     <w:rsid w:val="009972E9"/>
     <w:rsid w:val="009A2578"/>
     <w:rsid w:val="009A46A3"/>
     <w:rsid w:val="009B2ABA"/>
     <w:rsid w:val="009B5AA2"/>
+    <w:rsid w:val="009B5B42"/>
     <w:rsid w:val="009B5F5C"/>
+    <w:rsid w:val="009C0C37"/>
     <w:rsid w:val="009C39FF"/>
     <w:rsid w:val="009D2095"/>
     <w:rsid w:val="009D5530"/>
     <w:rsid w:val="009D7145"/>
     <w:rsid w:val="009E1E7C"/>
     <w:rsid w:val="009E349D"/>
     <w:rsid w:val="009E4CA1"/>
+    <w:rsid w:val="009E660C"/>
     <w:rsid w:val="009F0998"/>
     <w:rsid w:val="009F3459"/>
     <w:rsid w:val="009F504E"/>
     <w:rsid w:val="009F52AD"/>
     <w:rsid w:val="009F54F5"/>
     <w:rsid w:val="009F7873"/>
     <w:rsid w:val="009F7E77"/>
+    <w:rsid w:val="00A039E1"/>
     <w:rsid w:val="00A1225C"/>
     <w:rsid w:val="00A179CE"/>
+    <w:rsid w:val="00A17E0F"/>
     <w:rsid w:val="00A24506"/>
+    <w:rsid w:val="00A26BEA"/>
     <w:rsid w:val="00A311C8"/>
     <w:rsid w:val="00A31E0C"/>
     <w:rsid w:val="00A33C4F"/>
     <w:rsid w:val="00A343C7"/>
+    <w:rsid w:val="00A372EE"/>
+    <w:rsid w:val="00A37945"/>
     <w:rsid w:val="00A40D80"/>
     <w:rsid w:val="00A41413"/>
     <w:rsid w:val="00A41726"/>
     <w:rsid w:val="00A42576"/>
+    <w:rsid w:val="00A4311C"/>
     <w:rsid w:val="00A43D47"/>
     <w:rsid w:val="00A45B86"/>
+    <w:rsid w:val="00A537E3"/>
+    <w:rsid w:val="00A538B0"/>
+    <w:rsid w:val="00A53D87"/>
     <w:rsid w:val="00A54A7C"/>
     <w:rsid w:val="00A56D8F"/>
     <w:rsid w:val="00A57722"/>
+    <w:rsid w:val="00A6381C"/>
     <w:rsid w:val="00A63952"/>
     <w:rsid w:val="00A64233"/>
     <w:rsid w:val="00A66CB5"/>
     <w:rsid w:val="00A66D82"/>
     <w:rsid w:val="00A6700E"/>
     <w:rsid w:val="00A73674"/>
+    <w:rsid w:val="00A755AF"/>
     <w:rsid w:val="00A75FF2"/>
     <w:rsid w:val="00A77F9E"/>
     <w:rsid w:val="00A8636A"/>
     <w:rsid w:val="00A86954"/>
     <w:rsid w:val="00A871EE"/>
     <w:rsid w:val="00A9085E"/>
     <w:rsid w:val="00A91556"/>
     <w:rsid w:val="00A95854"/>
+    <w:rsid w:val="00A95D6A"/>
     <w:rsid w:val="00AA2DA9"/>
     <w:rsid w:val="00AA6335"/>
     <w:rsid w:val="00AA78AC"/>
     <w:rsid w:val="00AB43DF"/>
     <w:rsid w:val="00AB60B8"/>
     <w:rsid w:val="00AB6141"/>
     <w:rsid w:val="00AB68BA"/>
     <w:rsid w:val="00AB7B91"/>
     <w:rsid w:val="00AC0C6B"/>
     <w:rsid w:val="00AC1779"/>
     <w:rsid w:val="00AC6A1E"/>
     <w:rsid w:val="00AC74D2"/>
     <w:rsid w:val="00AD0667"/>
     <w:rsid w:val="00AD482D"/>
     <w:rsid w:val="00AD7AF6"/>
     <w:rsid w:val="00AE06D2"/>
     <w:rsid w:val="00AE3A4F"/>
     <w:rsid w:val="00AE46F6"/>
     <w:rsid w:val="00AE478E"/>
     <w:rsid w:val="00AF0636"/>
     <w:rsid w:val="00AF17A9"/>
     <w:rsid w:val="00AF1FE1"/>
     <w:rsid w:val="00AF3A5F"/>
+    <w:rsid w:val="00AF4F72"/>
     <w:rsid w:val="00AF6F97"/>
     <w:rsid w:val="00B0000A"/>
+    <w:rsid w:val="00B0337B"/>
     <w:rsid w:val="00B059E4"/>
     <w:rsid w:val="00B126AC"/>
     <w:rsid w:val="00B12F4D"/>
     <w:rsid w:val="00B20509"/>
     <w:rsid w:val="00B220A1"/>
     <w:rsid w:val="00B24764"/>
     <w:rsid w:val="00B30106"/>
     <w:rsid w:val="00B34540"/>
     <w:rsid w:val="00B35742"/>
+    <w:rsid w:val="00B35F1E"/>
     <w:rsid w:val="00B458B5"/>
     <w:rsid w:val="00B50045"/>
     <w:rsid w:val="00B50C8F"/>
     <w:rsid w:val="00B51B3A"/>
     <w:rsid w:val="00B532F9"/>
+    <w:rsid w:val="00B561DF"/>
+    <w:rsid w:val="00B658AD"/>
     <w:rsid w:val="00B7406F"/>
     <w:rsid w:val="00B7494A"/>
+    <w:rsid w:val="00B76B41"/>
     <w:rsid w:val="00B76C6A"/>
     <w:rsid w:val="00B76F2B"/>
     <w:rsid w:val="00B84BA7"/>
     <w:rsid w:val="00B93C38"/>
     <w:rsid w:val="00B95557"/>
     <w:rsid w:val="00B9793B"/>
     <w:rsid w:val="00BA17D5"/>
     <w:rsid w:val="00BA1974"/>
     <w:rsid w:val="00BA1F9B"/>
     <w:rsid w:val="00BA7C28"/>
     <w:rsid w:val="00BB4288"/>
     <w:rsid w:val="00BB449F"/>
+    <w:rsid w:val="00BB5868"/>
+    <w:rsid w:val="00BB5DB0"/>
     <w:rsid w:val="00BC2077"/>
     <w:rsid w:val="00BC2118"/>
     <w:rsid w:val="00BC5633"/>
+    <w:rsid w:val="00BD2614"/>
     <w:rsid w:val="00BD3AF7"/>
     <w:rsid w:val="00BD4711"/>
     <w:rsid w:val="00BD78F2"/>
+    <w:rsid w:val="00BE3235"/>
     <w:rsid w:val="00BE5BFB"/>
     <w:rsid w:val="00BF7AA5"/>
     <w:rsid w:val="00C01012"/>
     <w:rsid w:val="00C022C3"/>
+    <w:rsid w:val="00C07C4F"/>
     <w:rsid w:val="00C1070B"/>
     <w:rsid w:val="00C1248D"/>
     <w:rsid w:val="00C16FF4"/>
     <w:rsid w:val="00C22D7B"/>
     <w:rsid w:val="00C2331C"/>
     <w:rsid w:val="00C263D7"/>
     <w:rsid w:val="00C27C7E"/>
     <w:rsid w:val="00C35395"/>
     <w:rsid w:val="00C42132"/>
     <w:rsid w:val="00C45539"/>
+    <w:rsid w:val="00C521B2"/>
+    <w:rsid w:val="00C56EA3"/>
+    <w:rsid w:val="00C601DD"/>
+    <w:rsid w:val="00C609AB"/>
     <w:rsid w:val="00C60E97"/>
     <w:rsid w:val="00C6311B"/>
     <w:rsid w:val="00C66C5E"/>
     <w:rsid w:val="00C67B7E"/>
+    <w:rsid w:val="00C70839"/>
+    <w:rsid w:val="00C7399C"/>
     <w:rsid w:val="00C74DDF"/>
     <w:rsid w:val="00C820D4"/>
     <w:rsid w:val="00C82844"/>
     <w:rsid w:val="00C831F5"/>
     <w:rsid w:val="00C83306"/>
     <w:rsid w:val="00C8442C"/>
     <w:rsid w:val="00C846F9"/>
+    <w:rsid w:val="00C84E71"/>
     <w:rsid w:val="00C86A59"/>
     <w:rsid w:val="00C922E0"/>
     <w:rsid w:val="00C92651"/>
     <w:rsid w:val="00C93C5A"/>
     <w:rsid w:val="00C97647"/>
     <w:rsid w:val="00CA3424"/>
     <w:rsid w:val="00CA5105"/>
     <w:rsid w:val="00CB0425"/>
+    <w:rsid w:val="00CB1F69"/>
+    <w:rsid w:val="00CB43AC"/>
     <w:rsid w:val="00CB54F4"/>
     <w:rsid w:val="00CB5819"/>
+    <w:rsid w:val="00CB5F95"/>
     <w:rsid w:val="00CB7C5B"/>
     <w:rsid w:val="00CC1AC3"/>
     <w:rsid w:val="00CC21F4"/>
     <w:rsid w:val="00CC4E37"/>
     <w:rsid w:val="00CC60BC"/>
+    <w:rsid w:val="00CD1937"/>
     <w:rsid w:val="00CD5C84"/>
     <w:rsid w:val="00CD5F69"/>
     <w:rsid w:val="00CE39AD"/>
     <w:rsid w:val="00CE3FFB"/>
+    <w:rsid w:val="00CF55A8"/>
+    <w:rsid w:val="00D01701"/>
     <w:rsid w:val="00D0241F"/>
     <w:rsid w:val="00D06EA7"/>
+    <w:rsid w:val="00D07BC5"/>
     <w:rsid w:val="00D104FF"/>
+    <w:rsid w:val="00D1241F"/>
     <w:rsid w:val="00D12BA8"/>
+    <w:rsid w:val="00D12E94"/>
+    <w:rsid w:val="00D249CF"/>
     <w:rsid w:val="00D266C4"/>
     <w:rsid w:val="00D345C1"/>
     <w:rsid w:val="00D35902"/>
     <w:rsid w:val="00D36E8B"/>
     <w:rsid w:val="00D43344"/>
     <w:rsid w:val="00D44AF2"/>
     <w:rsid w:val="00D44D8A"/>
     <w:rsid w:val="00D55B79"/>
     <w:rsid w:val="00D562BE"/>
     <w:rsid w:val="00D61077"/>
     <w:rsid w:val="00D61CA8"/>
     <w:rsid w:val="00D65106"/>
     <w:rsid w:val="00D65247"/>
     <w:rsid w:val="00D6667E"/>
     <w:rsid w:val="00D707EA"/>
     <w:rsid w:val="00D748CD"/>
+    <w:rsid w:val="00D7685D"/>
+    <w:rsid w:val="00D82515"/>
     <w:rsid w:val="00D82B38"/>
+    <w:rsid w:val="00D875D0"/>
     <w:rsid w:val="00D92046"/>
     <w:rsid w:val="00D954DB"/>
     <w:rsid w:val="00D96F16"/>
+    <w:rsid w:val="00DA2959"/>
     <w:rsid w:val="00DA3BEF"/>
     <w:rsid w:val="00DA4008"/>
     <w:rsid w:val="00DA4826"/>
+    <w:rsid w:val="00DA58FE"/>
     <w:rsid w:val="00DA7361"/>
+    <w:rsid w:val="00DB0063"/>
     <w:rsid w:val="00DB2F96"/>
     <w:rsid w:val="00DB3D07"/>
+    <w:rsid w:val="00DC4D1B"/>
+    <w:rsid w:val="00DC5875"/>
     <w:rsid w:val="00DC6769"/>
+    <w:rsid w:val="00DD13D3"/>
+    <w:rsid w:val="00DD3FBD"/>
+    <w:rsid w:val="00DE5EA0"/>
+    <w:rsid w:val="00DF05D5"/>
     <w:rsid w:val="00DF3029"/>
     <w:rsid w:val="00DF4E3C"/>
+    <w:rsid w:val="00DF50A5"/>
     <w:rsid w:val="00E0315E"/>
     <w:rsid w:val="00E070E3"/>
     <w:rsid w:val="00E078C5"/>
     <w:rsid w:val="00E10A29"/>
     <w:rsid w:val="00E13F14"/>
     <w:rsid w:val="00E160D6"/>
     <w:rsid w:val="00E1797B"/>
     <w:rsid w:val="00E25296"/>
     <w:rsid w:val="00E27F86"/>
     <w:rsid w:val="00E40272"/>
     <w:rsid w:val="00E40BC2"/>
     <w:rsid w:val="00E4463E"/>
     <w:rsid w:val="00E44F48"/>
     <w:rsid w:val="00E47F94"/>
     <w:rsid w:val="00E54F67"/>
+    <w:rsid w:val="00E55923"/>
     <w:rsid w:val="00E602C2"/>
     <w:rsid w:val="00E60FAB"/>
+    <w:rsid w:val="00E61485"/>
     <w:rsid w:val="00E62791"/>
+    <w:rsid w:val="00E64663"/>
     <w:rsid w:val="00E70F65"/>
     <w:rsid w:val="00E7598F"/>
     <w:rsid w:val="00E7777B"/>
+    <w:rsid w:val="00E838E7"/>
     <w:rsid w:val="00E839D3"/>
     <w:rsid w:val="00E83CAB"/>
     <w:rsid w:val="00E87E0B"/>
     <w:rsid w:val="00E97EC8"/>
     <w:rsid w:val="00EA41E1"/>
+    <w:rsid w:val="00EA5C67"/>
     <w:rsid w:val="00EA5D86"/>
     <w:rsid w:val="00EB266D"/>
     <w:rsid w:val="00EB462A"/>
     <w:rsid w:val="00EB497A"/>
     <w:rsid w:val="00EB4F0E"/>
+    <w:rsid w:val="00EB735E"/>
     <w:rsid w:val="00EC2314"/>
     <w:rsid w:val="00EC68A2"/>
     <w:rsid w:val="00EC7EE5"/>
     <w:rsid w:val="00EE2F36"/>
+    <w:rsid w:val="00EE7B08"/>
+    <w:rsid w:val="00EE7C09"/>
     <w:rsid w:val="00EF0081"/>
     <w:rsid w:val="00EF1C84"/>
     <w:rsid w:val="00EF3748"/>
     <w:rsid w:val="00EF4046"/>
     <w:rsid w:val="00F0019F"/>
     <w:rsid w:val="00F011C3"/>
     <w:rsid w:val="00F02477"/>
     <w:rsid w:val="00F02DAD"/>
     <w:rsid w:val="00F059E0"/>
     <w:rsid w:val="00F074F0"/>
     <w:rsid w:val="00F10396"/>
     <w:rsid w:val="00F123EE"/>
     <w:rsid w:val="00F12DB8"/>
     <w:rsid w:val="00F13FAF"/>
     <w:rsid w:val="00F20B10"/>
     <w:rsid w:val="00F20F26"/>
     <w:rsid w:val="00F211DE"/>
     <w:rsid w:val="00F21E76"/>
     <w:rsid w:val="00F225D5"/>
+    <w:rsid w:val="00F260F2"/>
     <w:rsid w:val="00F269AE"/>
     <w:rsid w:val="00F27F7B"/>
     <w:rsid w:val="00F30E2E"/>
     <w:rsid w:val="00F34103"/>
     <w:rsid w:val="00F37478"/>
     <w:rsid w:val="00F37E3E"/>
     <w:rsid w:val="00F46E84"/>
+    <w:rsid w:val="00F51614"/>
+    <w:rsid w:val="00F51959"/>
     <w:rsid w:val="00F637A4"/>
     <w:rsid w:val="00F65B9C"/>
+    <w:rsid w:val="00F73182"/>
     <w:rsid w:val="00F84134"/>
     <w:rsid w:val="00F857E0"/>
     <w:rsid w:val="00F85B61"/>
     <w:rsid w:val="00F90260"/>
     <w:rsid w:val="00F90A26"/>
     <w:rsid w:val="00F91698"/>
     <w:rsid w:val="00F9509A"/>
     <w:rsid w:val="00FA2F47"/>
     <w:rsid w:val="00FB0363"/>
     <w:rsid w:val="00FB0C78"/>
     <w:rsid w:val="00FB4101"/>
+    <w:rsid w:val="00FB43D9"/>
     <w:rsid w:val="00FB6F85"/>
+    <w:rsid w:val="00FB73F1"/>
     <w:rsid w:val="00FB7F3D"/>
     <w:rsid w:val="00FD0730"/>
     <w:rsid w:val="00FD19AC"/>
     <w:rsid w:val="00FD4D96"/>
     <w:rsid w:val="00FE184A"/>
     <w:rsid w:val="00FF0172"/>
     <w:rsid w:val="00FF65E7"/>
     <w:rsid w:val="00FF7BF2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="39A0D04E"/>
   <w15:docId w15:val="{0F83822F-EC92-43A9-9EC5-E7DA8226EB0B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16817,51 +19523,51 @@
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B76F2B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="74742154">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://wws.princeton.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:dnnModal.show('http://www.isanet.org/Conferences/Event-Detail/mid/6587/EventID/5177/ItemID/0?popUp=true',/*showReturn*/false,550,950,true,'')" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="javascript:dnnModal.show('http://www.isanet.org/Conferences/Event-Detail/mid/6587/EventID/5734/ItemID/0?popUp=true',/*showReturn*/false,550,950,true,'')" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amazon.com/Dependent-America-Canada-Mexico-Construct/dp/1442612770/ref=sr_1_1?s=books&amp;ie=UTF8&amp;qid=1327608031&amp;sr=1-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
@@ -17146,66 +19852,66 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF553DC3-69EA-4AAA-B826-CCEA28565B93}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>24597</Characters>
+  <Pages>14</Pages>
+  <Words>4274</Words>
+  <Characters>27288</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>204</Lines>
-  <Paragraphs>57</Paragraphs>
+  <Lines>676</Lines>
+  <Paragraphs>281</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28855</CharactersWithSpaces>
+  <CharactersWithSpaces>31345</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Miki Fabry</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>