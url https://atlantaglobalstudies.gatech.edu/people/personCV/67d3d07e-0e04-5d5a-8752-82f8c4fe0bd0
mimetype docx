--- v0 (2025-10-23)
+++ v1 (2026-01-31)
@@ -1,14997 +1,2898 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="332D9908" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="0A9250A3" w14:textId="7AB9C8D7" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...10 lines deleted...]
-        <w:t>Juan Carlos Rodríguez</w:t>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CV</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77549AB3" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRPr="00B65BA0" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5A1F55F4" w14:textId="0020EF8B" w:rsidR="00566029" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...10 lines deleted...]
-        <w:t>Assistant Professor of Spanish</w:t>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Juan Carlos Rodríguez, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ph.D</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03BFBA38" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="157F07AA" w14:textId="1A975F6A" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...19 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Associate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Professor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Spanish</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="6D57AD1D" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="7BF7CCF1" w14:textId="3D60A44F" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Co-Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atlanta Global </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Center</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="57992945" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="6A530ACC" w14:textId="08175FB3" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...10 lines deleted...]
-        <w:t>Table of Contents</w:t>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Office: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Swann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 313</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29D12019" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRPr="00B65BA0" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
-[...18 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="55ED283A" w14:textId="0BEB2DA8" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="273540"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Office </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>phone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>number</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="273540"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>404-385-7251</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="56C9255D" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRPr="00D4478C" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
+    <w:p w14:paraId="7BA59ABE" w14:textId="561C49E5" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="273540"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="273540"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="003A329C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>jrodriguez@modlangs.gatech.edu</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="327FF2D1" w14:textId="4D4BC875" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="273540"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="273540"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Website</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:color w:val="273540"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="003A329C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>https://iac.gatech.edu/people/person/juan-rodriguez</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7E54D80C" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4745C8D2" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77FBD138" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRPr="004C17E3" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1980"/>
           <w:tab w:val="left" w:pos="2340"/>
           <w:tab w:val="left" w:pos="2839"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="4939"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6919"/>
           <w:tab w:val="left" w:pos="8539"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C17E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
         <w:t>I.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B65BA0">
-        <w:rPr>
+      <w:r w:rsidRPr="004C17E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
         <w:tab/>
-        <w:t>Earned Degrees</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C17E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
-        <w:t>__________________________________</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Earned</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C17E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
-        <w:t>_______________________________P</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C17E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>Degrees</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="7DAB4928" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRPr="00B65BA0" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
+    <w:p w14:paraId="12964DA7" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:pStyle w:val="CompanyName"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C17E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Duke University                                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2DC055" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:pStyle w:val="JobTitle"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ph.D., Literature, 2007. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15384D5B" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:pStyle w:val="JobTitle"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Certificate in Latin American Studies, 2007.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BFC52AF" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:pStyle w:val="JobTitle"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dissertation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: “The Post-dictatorial Documentaries of Patricio Guzmán: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Chile, Obstinate Memory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The Pinochet Case </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Island of Robinson Crusoe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09FCC703" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Committee</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: Ariel Dorfman (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), Alberto </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Moreiras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>former</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> director), Michael Chanan, Michael </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hardt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Jane </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Gaines</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Kenneth J. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Surin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="416B83D9" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:pStyle w:val="CompanyName"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       College of Staten Island, CUNY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616C7A63" w14:textId="19A01464" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:pStyle w:val="JobTitle"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>M.A., Cinema Studies, 2002.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3154B20B" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:pStyle w:val="CompanyName"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       University of Puerto Rico in Río Piedras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="193F2CE9" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRPr="003A329C" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:pStyle w:val="JobTitle"/>
+        <w:ind w:firstLine="720"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B.A. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>magna cum laude</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A329C">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Public Communications, 1997.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="433C3978" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66B048F7" w14:textId="2BE56BE4" w:rsidR="004C17E3" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1980"/>
           <w:tab w:val="left" w:pos="2340"/>
           <w:tab w:val="left" w:pos="2839"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="4939"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6919"/>
           <w:tab w:val="left" w:pos="8539"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C17E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C17E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C17E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:t>Interests</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="2F2284B5" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRPr="00B65BA0" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
+    <w:p w14:paraId="38913EEC" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1980"/>
           <w:tab w:val="left" w:pos="2340"/>
           <w:tab w:val="left" w:pos="2839"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="4939"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6919"/>
           <w:tab w:val="left" w:pos="8539"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
-          <w:smallCaps/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
-          <w:bCs/>
-[...39 lines deleted...]
-          <w:smallCaps/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C117E1" w:rsidRPr="00C117E1">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5A49F349" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRPr="00B65BA0" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
+    <w:p w14:paraId="2074A32B" w14:textId="1F02E593" w:rsidR="004C17E3" w:rsidRPr="004416FA" w:rsidRDefault="004416FA" w:rsidP="004416FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1980"/>
+          <w:tab w:val="left" w:pos="2340"/>
+          <w:tab w:val="left" w:pos="2839"/>
+          <w:tab w:val="left" w:pos="3960"/>
+          <w:tab w:val="left" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="4939"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6919"/>
+          <w:tab w:val="left" w:pos="8539"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Arts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Music</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD83D0E" w14:textId="73D9B75B" w:rsidR="004C17E3" w:rsidRPr="004416FA" w:rsidRDefault="004C17E3" w:rsidP="004416FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1980"/>
+          <w:tab w:val="left" w:pos="2340"/>
+          <w:tab w:val="left" w:pos="2839"/>
+          <w:tab w:val="left" w:pos="3960"/>
+          <w:tab w:val="left" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="4939"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6919"/>
+          <w:tab w:val="left" w:pos="8539"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Caribbean</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0170A81D" w14:textId="6AD1076C" w:rsidR="004C17E3" w:rsidRPr="004416FA" w:rsidRDefault="004C17E3" w:rsidP="004416FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1980"/>
+          <w:tab w:val="left" w:pos="2340"/>
+          <w:tab w:val="left" w:pos="2839"/>
+          <w:tab w:val="left" w:pos="3960"/>
+          <w:tab w:val="left" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="4939"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6919"/>
+          <w:tab w:val="left" w:pos="8539"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Digital Media</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34F41C73" w14:textId="2ED155D3" w:rsidR="004C17E3" w:rsidRPr="004416FA" w:rsidRDefault="004C17E3" w:rsidP="004416FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1980"/>
+          <w:tab w:val="left" w:pos="2340"/>
+          <w:tab w:val="left" w:pos="2839"/>
+          <w:tab w:val="left" w:pos="3960"/>
+          <w:tab w:val="left" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="4939"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6919"/>
+          <w:tab w:val="left" w:pos="8539"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Digital </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Humanities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="76DC4730" w14:textId="015F4436" w:rsidR="004416FA" w:rsidRPr="004416FA" w:rsidRDefault="004416FA" w:rsidP="004416FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1980"/>
+          <w:tab w:val="left" w:pos="2340"/>
+          <w:tab w:val="left" w:pos="2839"/>
+          <w:tab w:val="left" w:pos="3960"/>
+          <w:tab w:val="left" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="4939"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6919"/>
+          <w:tab w:val="left" w:pos="8539"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Latin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> American Media </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32F71E0B" w14:textId="45F4550B" w:rsidR="004C17E3" w:rsidRPr="004416FA" w:rsidRDefault="004C17E3" w:rsidP="004416FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1980"/>
+          <w:tab w:val="left" w:pos="2340"/>
+          <w:tab w:val="left" w:pos="2839"/>
+          <w:tab w:val="left" w:pos="3960"/>
+          <w:tab w:val="left" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="4939"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6919"/>
+          <w:tab w:val="left" w:pos="8539"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Media, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and Culture</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B32238E" w14:textId="60E8B489" w:rsidR="004416FA" w:rsidRPr="004416FA" w:rsidRDefault="004416FA" w:rsidP="004416FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1980"/>
+          <w:tab w:val="left" w:pos="2340"/>
+          <w:tab w:val="left" w:pos="2839"/>
+          <w:tab w:val="left" w:pos="3960"/>
+          <w:tab w:val="left" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="4939"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6919"/>
+          <w:tab w:val="left" w:pos="8539"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Learning</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Community</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Engagement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3CF47D07" w14:textId="283CCC30" w:rsidR="004C17E3" w:rsidRPr="004416FA" w:rsidRDefault="004C17E3" w:rsidP="004416FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1980"/>
+          <w:tab w:val="left" w:pos="2340"/>
+          <w:tab w:val="left" w:pos="2839"/>
+          <w:tab w:val="left" w:pos="3960"/>
+          <w:tab w:val="left" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="4939"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6919"/>
+          <w:tab w:val="left" w:pos="8539"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sports</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Culture </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24DA15D4" w14:textId="789A5554" w:rsidR="004416FA" w:rsidRPr="004416FA" w:rsidRDefault="004416FA" w:rsidP="004416FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="630"/>
+          <w:tab w:val="left" w:pos="1440"/>
+          <w:tab w:val="left" w:pos="1980"/>
+          <w:tab w:val="left" w:pos="2340"/>
+          <w:tab w:val="left" w:pos="2839"/>
+          <w:tab w:val="left" w:pos="3960"/>
+          <w:tab w:val="left" w:pos="4500"/>
+          <w:tab w:val="left" w:pos="4939"/>
+          <w:tab w:val="left" w:pos="5760"/>
+          <w:tab w:val="left" w:pos="6919"/>
+          <w:tab w:val="left" w:pos="8539"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sustainability</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0034E469" w14:textId="3810D6B6" w:rsidR="004C17E3" w:rsidRPr="004416FA" w:rsidRDefault="004C17E3" w:rsidP="004416FA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1980"/>
           <w:tab w:val="left" w:pos="2340"/>
           <w:tab w:val="left" w:pos="2839"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="4939"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6919"/>
           <w:tab w:val="left" w:pos="8539"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      </w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C17E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                         </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6207280F" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
+    <w:p w14:paraId="79DDF6E7" w14:textId="6A7CF698" w:rsidR="004C17E3" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1980"/>
           <w:tab w:val="left" w:pos="2340"/>
           <w:tab w:val="left" w:pos="2839"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="4939"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6919"/>
           <w:tab w:val="left" w:pos="8539"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B65BA0">
-        <w:rPr>
+      <w:r w:rsidRPr="004C17E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
-        <w:t>III.</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C17E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:smallCaps/>
+        </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
-        <w:t>Honors and Awards</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Recent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
-        <w:t>_____________________________</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
           <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
-        <w:t>_______________________________P</w:t>
-[...14 lines deleted...]
-      </w:r>
+        <w:t>Publications</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="4798C0E8" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRPr="00B65BA0" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
-[...2274 lines deleted...]
-    <w:p w14:paraId="5374C653" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRPr="00B65BA0" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
+    <w:p w14:paraId="437223E6" w14:textId="77777777" w:rsidR="004416FA" w:rsidRDefault="004416FA" w:rsidP="004C17E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1980"/>
           <w:tab w:val="left" w:pos="2340"/>
           <w:tab w:val="left" w:pos="2839"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="4939"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6919"/>
           <w:tab w:val="left" w:pos="8539"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
         <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:b/>
+          <w:bCs/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...58 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="41E92F00" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRPr="00B65BA0" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
+    <w:p w14:paraId="0C6D5499" w14:textId="77777777" w:rsidR="004416FA" w:rsidRPr="004416FA" w:rsidRDefault="004416FA" w:rsidP="004416FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Juan Carlos Rodríguez, “Cine, medioambiente y sociedad: Muerte por mil cortes (2016) en el </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>context</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de los documentales dominicanos,” in La gran pantalla dominicana vol. 2: La ebullición creative en el cine nacional (2010-2022), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eds</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Adriana Tolentino and Patricia Tomé, Almenara, 2024.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59533AF0" w14:textId="77777777" w:rsidR="004416FA" w:rsidRPr="004416FA" w:rsidRDefault="004416FA" w:rsidP="004416FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Juan Carlos Rodríguez, “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Exploring</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Digital Archives: Vieques </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Internet and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Yabureibo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Global South,” in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Routledge </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Companion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Literature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Global South</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, ed. Alfred López and Ricardo Quintana, London: Routledge, 2023, pp. 260-274.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6908DC5B" w14:textId="77777777" w:rsidR="004416FA" w:rsidRPr="004416FA" w:rsidRDefault="004416FA" w:rsidP="004416FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Juan Carlos Rodríguez, “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>An</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>archipelago</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>crossed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>gazes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Intersections</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>documentary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> media </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>practices</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in Cuba</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Puerto </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rico“ in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Film </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Archipelago</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Islands</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Latin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> American Cinema, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ed. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Antonio Gómez and Francisco J. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Hernandez</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Adrián, London and New York: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bloomsbury</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Academic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 2022, pp. 209-228.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FA80BA" w14:textId="77777777" w:rsidR="004416FA" w:rsidRPr="004416FA" w:rsidRDefault="004416FA" w:rsidP="004416FA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Juan Carlos Rodríguez, “Cuban Digital </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pedagogies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Question</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Interface</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Yaima</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pardo’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Offline,” Digital </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Humanities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Latin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>America</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ed. Héctor Fernández </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L’Hoeste</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Juan Carlos Rodríguez (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>University</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Press</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004416FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Florida, 2020) 157-176.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A17E0B" w14:textId="77777777" w:rsidR="004416FA" w:rsidRPr="004C17E3" w:rsidRDefault="004416FA" w:rsidP="004C17E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1980"/>
           <w:tab w:val="left" w:pos="2340"/>
           <w:tab w:val="left" w:pos="2839"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="4939"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6919"/>
           <w:tab w:val="left" w:pos="8539"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:smallCaps/>
+        <w:ind w:left="450" w:hanging="450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29BCEC77" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRPr="007B5383" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
-[...1074 lines deleted...]
-    <w:p w14:paraId="36229C22" w14:textId="77777777" w:rsidR="00D4478C" w:rsidRPr="00B65BA0" w:rsidRDefault="00D4478C" w:rsidP="00D4478C">
+    <w:p w14:paraId="1D6F1073" w14:textId="77777777" w:rsidR="004C17E3" w:rsidRPr="004C17E3" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="630"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1980"/>
           <w:tab w:val="left" w:pos="2340"/>
           <w:tab w:val="left" w:pos="2839"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="4939"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6919"/>
           <w:tab w:val="left" w:pos="8539"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="450"/>
-      </w:pPr>
-[...12 lines deleted...]
-          <w:smallCaps/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3533EE5B" w14:textId="1A70711E" w:rsidR="004C17E3" w:rsidRPr="004C17E3" w:rsidRDefault="004C17E3" w:rsidP="004C17E3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Earned Degrees</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68CCA801" w14:textId="77777777" w:rsidR="006F3A90" w:rsidRPr="001F3FEA" w:rsidRDefault="006F3A90" w:rsidP="006F3A90">
-[...10437 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="004C17E3" w:rsidRPr="004C17E3" w:rsidSect="004C17E3">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Garamond">
+    <w:panose1 w:val="02020404030301010803"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...48 lines deleted...]
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...112 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="09872696"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E914F70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F1BA3474"/>
-[...264 lines deleted...]
-    <w:tmpl w:val="C79C5E4E"/>
+    <w:tmpl w:val="5D2E296C"/>
     <w:lvl w:ilvl="0" w:tplc="000F0409">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="00190409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="360"/>
@@ -15060,2614 +2961,1659 @@
     <w:lvl w:ilvl="7" w:tplc="00190409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="001B0409" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7560"/>
         </w:tabs>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="1E914F70"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="405953B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5D2E296C"/>
-[...751 lines deleted...]
-    <w:tmpl w:val="54A48246"/>
+    <w:tmpl w:val="167E2C68"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="5109123C"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B125ED8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C79C5E4E"/>
-    <w:lvl w:ilvl="0" w:tplc="000F0409">
+    <w:tmpl w:val="A31AB6D2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="00190409" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="001B0409" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="000F0409" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="00190409" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="001B0409" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="000F0409" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="00190409" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="001B0409" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
-[...581 lines deleted...]
-  <w:num w:numId="18">
+  <w:num w:numId="1" w16cid:durableId="230193099">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="2" w16cid:durableId="739181530">
     <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1959874910">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:embedSystemFonts/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:zoom w:percent="257"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D4478C"/>
-[...90 lines deleted...]
-    <w:rsid w:val="00FE13C1"/>
+    <w:rsidRoot w:val="004C17E3"/>
+    <w:rsid w:val="00280DB5"/>
+    <w:rsid w:val="002A4AA6"/>
+    <w:rsid w:val="003A329C"/>
+    <w:rsid w:val="004416FA"/>
+    <w:rsid w:val="004C17E3"/>
+    <w:rsid w:val="00566029"/>
+    <w:rsid w:val="00863F6B"/>
+    <w:rsid w:val="00A27CAB"/>
+    <w:rsid w:val="00C62877"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
-    <m:wrapRight/>
+    <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
-    <m:naryLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotAutoCompressPictures/>
-[...8 lines deleted...]
-  <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="041AAD3B"/>
+  <w14:docId w14:val="7E210EF4"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{5F1210D2-A53F-664D-99D4-8FECF26777EE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="276">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D4478C"/>
+    <w:rPr>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="004C17E3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C17E3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C17E3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C17E3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C17E3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C17E3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C17E3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C17E3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C17E3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="004C17E3"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="004C17E3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:after="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="004C17E3"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00D4478C"/>
+    <w:rsid w:val="004C17E3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...15 lines deleted...]
-    <w:name w:val="Header Char"/>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Header"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D4478C"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
     <w:rPr>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-    <w:name w:val="footer"/>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D4478C"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
     <w:pPr>
-      <w:tabs>
-[...3 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
     </w:pPr>
-  </w:style>
-[...5 lines deleted...]
-    <w:rsid w:val="00D4478C"/>
     <w:rPr>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...9 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="004C17E3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-    <w:name w:val="Balloon Text Char"/>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BalloonText"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D4478C"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="004C17E3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
-  </w:style>
-[...6 lines deleted...]
-    <w:rsid w:val="00D4478C"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CompanyName">
     <w:name w:val="Company Name"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="JobTitle"/>
-    <w:rsid w:val="006F3A90"/>
+    <w:rsid w:val="004C17E3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="right" w:pos="6480"/>
       </w:tabs>
-      <w:spacing w:before="220" w:after="0" w:line="220" w:lineRule="atLeast"/>
+      <w:spacing w:before="220" w:line="220" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="JobTitle">
     <w:name w:val="Job Title"/>
     <w:next w:val="Normal"/>
-    <w:rsid w:val="006F3A90"/>
+    <w:rsid w:val="004C17E3"/>
     <w:pPr>
       <w:spacing w:before="40" w:after="40" w:line="220" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
       <w:i/>
       <w:spacing w:val="5"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="23"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="zmsearchresult">
-    <w:name w:val="zmsearchresult"/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="001F3FEA"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00335E3C"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004C17E3"/>
     <w:rPr>
-      <w:sz w:val="18"/>
-      <w:szCs w:val="18"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
-[...190 lines deleted...]
-    <w:name w:val="page number"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D4478C"/>
-[...12 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="004C17E3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-[...67 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
-  <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iac.gatech.edu/people/person/juan-rodriguez" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jrodriguez@modlangs.gatech.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...38 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...2 lines deleted...]
-  <Application>Microsoft Macintosh Word</Application>
+  <Pages>2</Pages>
+  <Words>335</Words>
+  <Characters>2075</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>161</Lines>
-  <Paragraphs>45</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Georgia Institute of Technology</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22709</CharactersWithSpaces>
+  <CharactersWithSpaces>2382</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Juan Carlos Rodriguez</dc:creator>
+  <dc:creator>Rodriguez, Juan C</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>