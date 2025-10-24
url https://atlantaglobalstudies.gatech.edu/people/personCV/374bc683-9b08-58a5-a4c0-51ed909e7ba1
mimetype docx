--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -10,87 +10,85 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:id w:val="1672833131"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="412277230"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Table of Contents"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:p w14:paraId="737AA6F6" w14:textId="77777777" w:rsidR="00194951" w:rsidRPr="00135919" w:rsidRDefault="00194951" w:rsidP="00194951">
               <w:pPr>
                 <w:pStyle w:val="TOCHeading"/>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
               </w:pPr>
               <w:r w:rsidRPr="00135919">
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                 </w:rPr>
                 <w:t>Table of Contents</w:t>
               </w:r>
             </w:p>
             <w:p w14:paraId="4B2D5692" w14:textId="462ACD80" w:rsidR="00194951" w:rsidRDefault="00194951">
               <w:pPr>
                 <w:pStyle w:val="TOC2"/>
@@ -1898,51 +1896,51 @@
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Earned Degrees</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="6401ACA9" w14:textId="77777777" w:rsidR="00CA2DBA" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00CA2DBA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57576476" w14:textId="75C6C62B" w:rsidR="00F93E48" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00CA2DBA">
+    <w:p w14:paraId="57576476" w14:textId="6B673019" w:rsidR="00F93E48" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00CA2DBA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2000 </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F93E48" w:rsidRPr="005E1260">
@@ -1956,205 +1954,159 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F93E48" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00940605">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F93E48" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, German Literature, University of Cincinnati, Advisors: Sara </w:t>
+        <w:t xml:space="preserve">, German Literature, University of Cincinnati, Advisors: Sara Friedrichsmeyer, Katharina Gerstenberger, Renate </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F93E48" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Friedrichsmeyer</w:t>
+        <w:t>Möhrmann</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F93E48" w:rsidRPr="005E1260">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">, Katharina </w:t>
+    </w:p>
+    <w:p w14:paraId="35636542" w14:textId="1B351F11" w:rsidR="00CA2DBA" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="59C1C705">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>1997 Graduate Certificate in Women’s Studies, University of Cincinnati</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD899DC" w14:textId="28B987C3" w:rsidR="00CA2DBA" w:rsidRPr="00BB31EE" w:rsidRDefault="00CA2DBA" w:rsidP="59C1C705">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1995 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F93E48" w:rsidRPr="005E1260">
-[...4 lines deleted...]
-        <w:t>Gerstenberger</w:t>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Staatsexamen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F93E48" w:rsidRPr="005E1260">
-[...23 lines deleted...]
-    <w:p w14:paraId="35636542" w14:textId="63A26789" w:rsidR="00CA2DBA" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00CA2DBA">
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>, English, German, Education. Universität Hamburg, Advisors: Hanno Segeberg, Bettina Friedl</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04447E64" w14:textId="614F4674" w:rsidR="00CA2DBA" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00CA2DBA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:tab/>
-[...61 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">1994 </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">M.A. in German Literature, University of Cincinnati, Advisor: Susanne </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>M.A. in German Literature, University of Cincinnati, Advisor: Sus</w:t>
+      </w:r>
+      <w:r w:rsidR="00F93BD6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>nne Kord</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C6BB83B" w14:textId="77777777" w:rsidR="00CA2DBA" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00CA2DBA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69CE1BEA" w14:textId="142571BE" w:rsidR="00450F9A" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="00257D20">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc94089592"/>
@@ -2363,137 +2315,125 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000656F6" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Honors and Awards</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="68D90D7E" w14:textId="3FA866CE" w:rsidR="00CA2DBA" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00257D20">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D8FFD49" w14:textId="244CC23C" w:rsidR="00043D71" w:rsidRDefault="00043D71" w:rsidP="00257D20">
+    <w:p w14:paraId="3D8FFD49" w14:textId="4EB4252D" w:rsidR="00043D71" w:rsidRDefault="00043D71" w:rsidP="00257D20">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
-        <w:t>ML Faculty Service Award, April 2024.</w:t>
+        <w:t>ML Faculty Service Award, April 2024</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A7CB990" w14:textId="46C63946" w:rsidR="00A13E1A" w:rsidRPr="005E1260" w:rsidRDefault="00A13E1A" w:rsidP="00257D20">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2022</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Serve-Learn-Sustain (SLS) United Nations Sustainable Development Goals Fellow.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BABB590" w14:textId="52011423" w:rsidR="00202015" w:rsidRPr="005E1260" w:rsidRDefault="00EC0085" w:rsidP="00EC0085">
+    <w:p w14:paraId="5BABB590" w14:textId="7C1C2A3F" w:rsidR="00202015" w:rsidRPr="005E1260" w:rsidRDefault="00EC0085" w:rsidP="00EC0085">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2021 </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00202015" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Goethe-Institute/AATG Certificate of Merit. Award for achievements in furthering the teaching of German</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19D526CD" w14:textId="62515E85" w:rsidR="00F42F9C" w:rsidRPr="005E1260" w:rsidRDefault="00EC0085" w:rsidP="00257D20">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F42F9C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -2551,122 +2491,116 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F93E48" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Serve-Learn-Sustain (SLS) United Nations Sustainable Development Goals Fellow</w:t>
       </w:r>
       <w:r w:rsidR="00A13E1A" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F93E48" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF91434" w14:textId="6BA82241" w:rsidR="00EC0085" w:rsidRPr="005E1260" w:rsidRDefault="00EC0085" w:rsidP="00EC0085">
+    <w:p w14:paraId="3DF91434" w14:textId="590B3750" w:rsidR="00EC0085" w:rsidRPr="005E1260" w:rsidRDefault="00EC0085" w:rsidP="00EC0085">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2018 </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Professor of the Year </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Award, American Association of Teachers of German, Georgia Chapter</w:t>
+        <w:t>Professor of the Year</w:t>
+      </w:r>
+      <w:r w:rsidR="00746F62">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Duden Award, American Association of Teachers of German, Georgia Chapter</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C4B8477" w14:textId="6D48034C" w:rsidR="0035786A" w:rsidRPr="005E1260" w:rsidRDefault="00EC0085" w:rsidP="00942DB9">
-[...7 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="0C4B8477" w14:textId="5E7EEFC9" w:rsidR="0035786A" w:rsidRPr="005E1260" w:rsidRDefault="00EC0085" w:rsidP="59C1C705">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>2011</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E1260">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">“Raise the Curtain for German,” Goethe Institute Competition, Fall 2011. </w:t>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0035786A" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>“Raise the Curtain for German,” Goethe Institute Competition, Fall 2011</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="564A6C35" w14:textId="77777777" w:rsidR="00450F9A" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
@@ -2903,196 +2837,530 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D168774" w14:textId="77777777" w:rsidR="0079371E" w:rsidRPr="0079371E" w:rsidRDefault="0079371E" w:rsidP="0079371E"/>
     <w:p w14:paraId="7904AD4B" w14:textId="3AD86910" w:rsidR="00EC0085" w:rsidRDefault="00450F9A" w:rsidP="0079371E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A2. Refereed Book Chapters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757CA581" w14:textId="1FA99224" w:rsidR="003E7453" w:rsidRPr="005E1260" w:rsidRDefault="003E7453" w:rsidP="003E7453">
+    <w:p w14:paraId="114300DB" w14:textId="474E64DF" w:rsidR="00F7373E" w:rsidRPr="00F7373E" w:rsidRDefault="00F7373E" w:rsidP="00F7373E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E1260">
-[...4 lines deleted...]
-        <w:t>202</w:t>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Elfriede Jelineks Texte über Gewalt, Sprache und Gender im globalen Kontext (Elfriede </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Jelinek</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Texts </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>about</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E1260">
-[...6 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E1260">
-[...4 lines deleted...]
-        <w:t>Rechtspopulismus</w:t>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Violence</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E1260">
-[...9 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Language, and Gender in a Global </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Context</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.“ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sprache und </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-        <w:t xml:space="preserve">elinek </w:t>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Gewalt: Multiperspektivische Zugänge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Language and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E1260">
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Violence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>: Multi-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Perspective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Approaches</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7373E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Paulina Schmid-Schutti</w:t>
+      </w:r>
+      <w:r w:rsidR="0022008B" w:rsidRPr="0022008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005B781C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Praesens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005B781C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0022008B" w:rsidRPr="0022008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>2025.</w:t>
+      </w:r>
+      <w:r w:rsidR="001D35F7" w:rsidRPr="0022008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>218-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0022008B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>236.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="757CA581" w14:textId="13C79B1E" w:rsidR="003E7453" w:rsidRPr="005E1260" w:rsidRDefault="003E7453" w:rsidP="00F7373E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rechtspopulismus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">” (Right-wing Populism) article-length entry for the new edition of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00941C7D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Handbuch</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Elfriede J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>elinek Handbuch</w:t>
+      </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>, edited by Pia Janke, Metzler, 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
+      <w:r w:rsidR="0022008B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00BC3ED8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>, 389-</w:t>
+        <w:t xml:space="preserve"> 389-</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BC3ED8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>394</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2F20939B" w14:textId="374E6A51" w:rsidR="001F233B" w:rsidRPr="00201463" w:rsidRDefault="008001DE" w:rsidP="003E7453">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00525B5B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>“</w:t>
       </w:r>
       <w:r>
@@ -3217,86 +3485,92 @@
       </w:r>
       <w:r w:rsidR="00BA1A88" w:rsidRPr="00201463">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>43-58</w:t>
       </w:r>
       <w:r w:rsidRPr="00201463">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00201463">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A5554B" w14:textId="07B9E5B3" w:rsidR="007A2A96" w:rsidRPr="00D05B46" w:rsidRDefault="00D05B46" w:rsidP="005851E4">
+    <w:p w14:paraId="36A5554B" w14:textId="07B9E5B3" w:rsidR="007A2A96" w:rsidRPr="00D05B46" w:rsidRDefault="00D05B46" w:rsidP="59C1C705">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D05B46">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>2023</w:t>
-[...6 lines deleted...]
-        <w:tab/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="007A2A96" w:rsidRPr="007A2A96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Elfriede Jelineks Texte und Thesen zu Geschlecht und Gewalt," </w:t>
       </w:r>
-      <w:r w:rsidR="007A2A96" w:rsidRPr="007A2A96">
+      <w:r w:rsidR="007A2A96" w:rsidRPr="59C1C705">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Geschlecht und Gewalt: künstlerisch-wissenschaftliche Perspektiven,</w:t>
       </w:r>
       <w:r w:rsidR="007A2A96" w:rsidRPr="007A2A96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007A2A96" w:rsidRPr="007A2A96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -3330,53 +3604,53 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Andrea Heinz, Vienna: Praesens, 2023</w:t>
       </w:r>
       <w:r w:rsidR="00201463">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A2A96" w:rsidRPr="007A2A96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> 19-32.</w:t>
       </w:r>
-      <w:r w:rsidR="000B550E" w:rsidRPr="00525B5B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="000B550E" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="389D4670" w14:textId="56FB48BB" w:rsidR="00EC0085" w:rsidRPr="005E1260" w:rsidRDefault="00EC0085" w:rsidP="00407463">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">2022 </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
@@ -3677,82 +3951,66 @@
         </w:rPr>
         <w:t>Somuncu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">: German Comedians Work Against Stereotypes and Discrimination.” </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Minorities and Minority Discourses in Germany since 1990</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, edited by Ela </w:t>
+        <w:t xml:space="preserve">, edited by Ela Gezen, Priscilla Layne, Jonathan Skolnik. New York: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Gezen</w:t>
+        <w:t>Berghahn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">, Priscilla Layne, Jonathan Skolnik. New York: </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Books, 2022. 119-</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>151.</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="528F08BD" w14:textId="77777777" w:rsidR="00407463" w:rsidRPr="00FF6000" w:rsidRDefault="00EC0085" w:rsidP="00407463">
@@ -3763,123 +4021,101 @@
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">2022 </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00407463" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Surrealist Aesthetics and Intertextualities in Selected Works by Hanno </w:t>
+        <w:t>Surrealist Aesthetics and Intertextualities in Selected Works by Hanno Millesi</w:t>
+      </w:r>
+      <w:r w:rsidR="00407463" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00407463" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Passages: Crossings, Borders, Openings. In Conversation with Austrian Writers: The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00407463" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Austrian-American</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00407463" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Podium Dialog</w:t>
+      </w:r>
+      <w:r w:rsidR="00407463" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, edited by Margarete Lamb-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00407463" w:rsidRPr="005E1260">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-        <w:t>Millesi</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Faffelberger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00407463" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">.” </w:t>
-[...57 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> and Gabriele Petricek. </w:t>
       </w:r>
       <w:r w:rsidR="00407463" w:rsidRPr="00FF6000">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">New York: Peter Lang, 2022. 313-326.*  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C23A5F6" w14:textId="6D160FC8" w:rsidR="00F93E48" w:rsidRPr="005E1260" w:rsidRDefault="00407463" w:rsidP="00407463">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF6000">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
@@ -4357,51 +4593,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>B.</w:t>
       </w:r>
       <w:r w:rsidR="00FB21E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Refereed Publications</w:t>
       </w:r>
       <w:r w:rsidR="00DF2C3F" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Submitted Articles</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="1C01E040" w14:textId="060DA4F1" w:rsidR="00B22863" w:rsidRDefault="000E5705" w:rsidP="00311A1E">
+    <w:p w14:paraId="1C01E040" w14:textId="23F61EC2" w:rsidR="00B22863" w:rsidRDefault="000E5705" w:rsidP="00DA33CA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00777C53">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00E560F8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00777C53">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -4424,206 +4660,188 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001960F4" w:rsidRPr="00777C53">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Prinzessinnendramen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001960F4" w:rsidRPr="00777C53">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> I-II</w:t>
       </w:r>
       <w:r w:rsidR="00777C53" w:rsidRPr="00777C53">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (Schneewittchen) </w:t>
+      </w:r>
+      <w:r w:rsidR="00777C53" w:rsidRPr="00777C53">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
       <w:r w:rsidR="00777C53" w:rsidRPr="00777C53">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Schneewittchen</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>(Dornröschen)</w:t>
+      </w:r>
       <w:r w:rsidR="00777C53" w:rsidRPr="00777C53">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>: A Feminist “</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00777C53" w:rsidRPr="00777C53">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parasitic“ Approach.“ </w:t>
+      </w:r>
+      <w:r w:rsidR="009F4F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00777C53" w:rsidRPr="00777C53">
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009F4F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>(</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00777C53" w:rsidRPr="00777C53">
+        <w:t xml:space="preserve"> of Austrian Studies</w:t>
+      </w:r>
+      <w:r w:rsidR="00117DCE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Dornröschen</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00777C53" w:rsidRPr="00777C53">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0077104D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>)</w:t>
-[...5 lines deleted...]
-        <w:t>: A Feminist “</w:t>
+        <w:t xml:space="preserve">vol. </w:t>
+      </w:r>
+      <w:r w:rsidR="00940F51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>57</w:t>
+      </w:r>
+      <w:r w:rsidR="00117DCE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>. 3/4</w:t>
+      </w:r>
+      <w:r w:rsidR="00940F51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0077104D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>fall/winter 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7447">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0077104D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00940F51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00117DCE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>91-</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00777C53" w:rsidRPr="00777C53">
-[...3 lines deleted...]
-        <w:t>Parasitic“ Approach</w:t>
+      <w:r w:rsidR="00117DCE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>219</w:t>
+      </w:r>
+      <w:r w:rsidR="00A941D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA33CA" w:rsidRPr="00117DCE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00777C53" w:rsidRPr="00777C53">
-[...88 lines deleted...]
-    <w:p w14:paraId="2B3E870B" w14:textId="09CC1588" w:rsidR="00B22863" w:rsidRPr="0058712F" w:rsidRDefault="00B22863" w:rsidP="00B22863">
+    </w:p>
+    <w:p w14:paraId="4280A2F2" w14:textId="040D071F" w:rsidR="00B22863" w:rsidRPr="00117DCE" w:rsidRDefault="00B22863" w:rsidP="00117DCE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062310C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
@@ -4735,385 +4953,378 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008B441E" w:rsidRPr="0058712F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>winter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008B441E" w:rsidRPr="0058712F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00311A1E" w:rsidRPr="0058712F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">2024, </w:t>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7447">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00311A1E" w:rsidRPr="0058712F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B441E" w:rsidRPr="0058712F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>55</w:t>
       </w:r>
       <w:r w:rsidR="00227DC4" w:rsidRPr="0058712F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>1-569.</w:t>
       </w:r>
       <w:r w:rsidRPr="0058712F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55835AC8" w14:textId="77777777" w:rsidR="00B22863" w:rsidRPr="0058712F" w:rsidRDefault="00B22863" w:rsidP="000E5705">
+    <w:p w14:paraId="36C89A48" w14:textId="056A08CB" w:rsidR="00E20B05" w:rsidRPr="00BB31EE" w:rsidRDefault="00E20B05" w:rsidP="00E20B05">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="0058712F">
+      <w:r w:rsidRPr="00BB31EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2023</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058712F">
+      <w:r w:rsidRPr="00BB31EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">“Ali Samadi </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0058712F">
+      <w:r w:rsidRPr="00BB31EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Ahadi’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0058712F">
+      <w:r w:rsidRPr="00BB31EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0058712F">
+      <w:r w:rsidRPr="00BB31EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Cinematic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0058712F">
+      <w:r w:rsidRPr="00BB31EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Comedy </w:t>
       </w:r>
-      <w:r w:rsidRPr="0058712F">
+      <w:r w:rsidRPr="00BB31EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Salami Aleikum</w:t>
       </w:r>
-      <w:r w:rsidRPr="0058712F">
+      <w:r w:rsidRPr="00BB31EE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: Humor, Gender, and Muslims in Germany.” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Colloquia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Germanica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="008C27B1" w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9089C" w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="008C27B1" w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9089C" w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-</w:t>
+      </w:r>
+      <w:r w:rsidR="008C27B1" w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9089C" w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008C27B1" w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9089C" w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7F4A" w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. 507-527</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305AB653" w14:textId="710DBDDD" w:rsidR="00E20B05" w:rsidRPr="005E1260" w:rsidRDefault="00E20B05" w:rsidP="00E20B05">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>“</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Intertextualities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Elfriede </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Jelinek’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Rein Gold: Ein Bühnenessay</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Seminar:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="de-DE"/>
-[...193 lines deleted...]
-          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> A Journal of Germanic Studies</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 57.2 (May 2021), pp. 114-</w:t>
+        <w:t xml:space="preserve"> 57.2 (May 2021)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7447">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>114-</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>133.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6000">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="727BC311" w14:textId="68CE5D88" w:rsidR="00E20B05" w:rsidRPr="005E1260" w:rsidRDefault="00E20B05" w:rsidP="00E20B05">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
@@ -5824,265 +6035,257 @@
       </w:hyperlink>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>kallin-glossen-33/ (23 pages</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="0047116B" w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="0286B530" w14:textId="60BB8A70" w:rsidR="00351FE2" w:rsidRPr="003B531E" w:rsidRDefault="00E20B05" w:rsidP="00351FE2">
+    <w:p w14:paraId="0286B530" w14:textId="60BB8A70" w:rsidR="00351FE2" w:rsidRPr="00D82A69" w:rsidRDefault="00E20B05" w:rsidP="59C1C705">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>2007</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E1260">
-[...9 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">“ Die Feder führ ich unermüdlich – Helmina von </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003B531E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Chezy’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003B531E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B531E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Rosamunde </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003B531E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003B531E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Intertext in Elfriede </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003B531E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Jelinek’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003B531E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B531E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Der Tod und das Mädchen III (Rosamunde)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B531E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00BB31EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B531E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00D82A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Glossen. Literatur und Kultur in den deutschsprachigen Ländern nach 1945</w:t>
       </w:r>
-      <w:r w:rsidR="00351FE2" w:rsidRPr="003B531E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00351FE2" w:rsidRPr="00D82A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">. 26. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00351FE2" w:rsidRPr="003B531E">
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidR="00351FE2" w:rsidRPr="00D82A69">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>http://www.dickinson.edu/glossen/heft26/article26/kallin26.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00351FE2" w:rsidRPr="003B531E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00351FE2" w:rsidRPr="00D82A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:r w:rsidRPr="00D82A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>25 pages</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D82A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="0047116B" w:rsidRPr="00D82A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D82A69">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADEB117" w14:textId="5A2FDD07" w:rsidR="00351FE2" w:rsidRPr="003B531E" w:rsidRDefault="00351FE2" w:rsidP="00351FE2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2007</w:t>
+      </w:r>
       <w:r w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...8 lines deleted...]
-        <w:t>*</w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">“Marlene Streeruwitz’s </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Nachwelt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> as Feminist Postmodern Biography.” </w:t>
       </w:r>
       <w:r w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>German Quarterly</w:t>
       </w:r>
@@ -6248,580 +6451,626 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>2004</w:t>
       </w:r>
       <w:r w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">“The Role of the Roma in Elfriede Jelinek’s </w:t>
+        <w:t xml:space="preserve">“The </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Role</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Roma in Elfriede </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Jelinek’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Stecken, Stab und Stangl</w:t>
       </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">.” </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Colloquia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Germanica: Internationale Zeitschrift für Germanistik</w:t>
+      </w:r>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37.2 (2004): 173-193.</w:t>
+      </w:r>
+      <w:r w:rsidR="0047116B" w:rsidRPr="00FF6000">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72DF9D7E" w14:textId="26E79D14" w:rsidR="00D2465C" w:rsidRPr="005E1260" w:rsidRDefault="00D2465C" w:rsidP="00D2465C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2003</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Zähmen oder Aufregen? Zur Funktion der Frauenfiguren in F. M. Klingers </w:t>
+      </w:r>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Die Zwillinge</w:t>
+      </w:r>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Lessing Yearbook XXXV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>223-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>243.</w:t>
+      </w:r>
+      <w:r w:rsidR="0047116B" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="551BB158" w14:textId="22CAB079" w:rsidR="00D2465C" w:rsidRPr="003B531E" w:rsidRDefault="00D2465C" w:rsidP="00D2465C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>2003</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jörg Haider as a Contemporary Orestes: Aeschylus’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Oresteia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Elfriede Jelinek’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Das</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Lebewohl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF6000">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seminar: A Journal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF6000">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF6000">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FF6000">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Germanic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FF6000">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Studies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF6000">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39.4, 329-349.</w:t>
+      </w:r>
+      <w:r w:rsidR="0047116B" w:rsidRPr="00FF6000">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5072E0" w14:textId="77777777" w:rsidR="00D2465C" w:rsidRPr="005E1260" w:rsidRDefault="00D2465C" w:rsidP="00D2465C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1999</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Ist </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...3 lines deleted...]
-        <w:t>Germanica</w:t>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Hoftaller</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> besser als </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Tallhover</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? Eine vergleichende Figurenanalyse zwischen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Hoftaller</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Günter Grass’ </w:t>
+      </w:r>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
-          <w:iCs/>
-[...2 lines deleted...]
-        <w:t>: Internationale Zeitschrift für Germanistik</w:t>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ein weites Feld</w:t>
       </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 37.2 (2004): 173-193.</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="72DF9D7E" w14:textId="26E79D14" w:rsidR="00D2465C" w:rsidRPr="005E1260" w:rsidRDefault="00D2465C" w:rsidP="00D2465C">
+        <w:t xml:space="preserve"> und </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Tallhover</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Hans Joachim Schädlichs </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Tallhover</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>New German Review</w:t>
+      </w:r>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 98-112.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EFAC2D" w14:textId="653CC655" w:rsidR="00227068" w:rsidRPr="00FF6000" w:rsidRDefault="00D2465C" w:rsidP="00D2465C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B531E">
-[...10 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1999</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Zähmen oder Aufregen? Zur Funktion der Frauenfiguren in F. M. Klingers </w:t>
-[...34 lines deleted...]
-        <w:t>223-</w:t>
+        <w:t xml:space="preserve">“‘Gut sei gewesen, was die Entfaltung alles Lebendigen gefördert </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t>*</w:t>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>habe:’</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...168 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Ist </w:t>
+        <w:t xml:space="preserve"> Feminist </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Hoftaller</w:t>
+        <w:t>Mythmaking</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> besser als </w:t>
+        <w:t xml:space="preserve"> and Christa </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
-[...138 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>habe:’</w:t>
-      </w:r>
+        <w:t>Wolf’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
-[...30 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Medea. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Stimmen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
@@ -7021,334 +7270,429 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="65A86B04" w14:textId="77777777" w:rsidR="00C11808" w:rsidRPr="005E1260" w:rsidRDefault="00C11808" w:rsidP="0079371E">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>No data</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B9A94C4" w14:textId="77777777" w:rsidR="00283F0C" w:rsidRPr="0022569A" w:rsidRDefault="00283F0C" w:rsidP="00942DB9">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DDCAA06" w14:textId="431ABED4" w:rsidR="00283F0C" w:rsidRPr="0022569A" w:rsidRDefault="00450F9A" w:rsidP="0079371E">
+    <w:p w14:paraId="4DDCAA06" w14:textId="431ABED4" w:rsidR="00283F0C" w:rsidRPr="007D7034" w:rsidRDefault="00450F9A" w:rsidP="0079371E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0022569A">
+      <w:r w:rsidRPr="007D7034">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B4. Submitted Journal</w:t>
       </w:r>
-      <w:r w:rsidR="00430FD1" w:rsidRPr="0022569A">
+      <w:r w:rsidR="00430FD1" w:rsidRPr="007D7034">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Articles</w:t>
       </w:r>
-      <w:r w:rsidRPr="0022569A">
+      <w:r w:rsidRPr="007D7034">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00433D0D" w:rsidRPr="0022569A">
+      <w:r w:rsidR="00433D0D" w:rsidRPr="007D7034">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(with Date of S</w:t>
       </w:r>
-      <w:r w:rsidR="001E5718" w:rsidRPr="0022569A">
+      <w:r w:rsidR="001E5718" w:rsidRPr="007D7034">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ubmission)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BD880FC" w14:textId="3605105F" w:rsidR="00FF0EC4" w:rsidRPr="0022569A" w:rsidRDefault="39C601A1" w:rsidP="0022569A">
+    <w:p w14:paraId="071AAD75" w14:textId="13644CEF" w:rsidR="009C0C5A" w:rsidRPr="007D7034" w:rsidRDefault="007E2839" w:rsidP="007D7034">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D7034">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D7034">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C0C5A" w:rsidRPr="007D7034">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0C5A" w:rsidRPr="007D7034">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sustainable Development as a Specific Purpose in Language and Culture Education”, co-written with Stuart Minson, Sophie Landrieux </w:t>
+      </w:r>
+      <w:r w:rsidR="007D7034" w:rsidRPr="007D7034">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kartochian, </w:t>
+      </w:r>
+      <w:r w:rsidR="009C0C5A" w:rsidRPr="007D7034">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Brigitte Stepanov</w:t>
+      </w:r>
+      <w:r w:rsidR="007D7034" w:rsidRPr="007D7034">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, submitted to Global Business Language Journal, October 2025, under review. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD880FC" w14:textId="2996530D" w:rsidR="00FF0EC4" w:rsidRPr="0022569A" w:rsidRDefault="39C601A1" w:rsidP="0022569A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0022569A">
+      <w:r w:rsidRPr="007D7034">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="0022569A">
+      <w:r w:rsidRPr="007D7034">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="005E5AE9" w:rsidRPr="0022569A">
+      <w:r w:rsidR="007E2839" w:rsidRPr="007D7034">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="0022569A">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D7034">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D7034">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>(Inter-)</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0022569A">
+      <w:r w:rsidRPr="007D7034">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Mediality</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0022569A">
+      <w:r w:rsidRPr="007D7034">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> as Communicative Strategy in Elfriede Jelinek’s </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0022569A">
+      <w:r w:rsidRPr="007D7034">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Bambiland</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0022569A">
+      <w:r w:rsidRPr="007D7034">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:r w:rsidRPr="007D7034">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Chapter for book on Elfriede Jelinek, edited by Margarete Lamb-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D7034">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Faffelberger</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D7034">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Barbara Kosta</w:t>
+      </w:r>
+      <w:r w:rsidR="00893F47" w:rsidRPr="007D7034">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00893F47" w:rsidRPr="0022569A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submitted </w:t>
+      </w:r>
+      <w:r w:rsidR="008D7894" w:rsidRPr="0022569A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>August 21,</w:t>
+      </w:r>
+      <w:r w:rsidR="00893F47" w:rsidRPr="0022569A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="0060277B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="00893F47" w:rsidRPr="0022569A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7B88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">underwent peer review, </w:t>
+      </w:r>
+      <w:r w:rsidR="0060277B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>resubmitted with changes November 2024; forthcoming 2025</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36576">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>/2026</w:t>
+      </w:r>
+      <w:r w:rsidR="0060277B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C8B504" w14:textId="267C8603" w:rsidR="007E2839" w:rsidRPr="007E2839" w:rsidRDefault="00FF0EC4" w:rsidP="007E2839">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0022569A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Chapter for book on Elfriede Jelinek, edited by Margarete Lamb-</w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="007E2839">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022569A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022569A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The destruction of nature and the subjugation of women, minorities, and refugees: a critical ecofeminist reading of Elfriede Jelinek’s texts.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7B88">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Article c</w:t>
+      </w:r>
+      <w:r w:rsidR="00130F5B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontribution </w:t>
+      </w:r>
+      <w:r w:rsidR="0022569A" w:rsidRPr="0022569A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>to co-edited special issue</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33480">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with Christian </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0022569A">
-[...3 lines deleted...]
-        <w:t>Faffelberger</w:t>
+      <w:r w:rsidR="00C33480">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Schenkermayr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0022569A">
-[...71 lines deleted...]
-      <w:r w:rsidRPr="0022569A">
+      <w:r w:rsidR="0022569A" w:rsidRPr="0022569A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">The destruction of nature and the subjugation of women, minorities, and refugees: a critical ecofeminist reading of Elfriede Jelinek’s texts.” </w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">to co-edited special issue of </w:t>
+        <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidR="0022569A" w:rsidRPr="0022569A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Journal of Austrian Studies</w:t>
       </w:r>
       <w:r w:rsidR="00130F5B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>, s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00130F5B" w:rsidRPr="0022569A">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36576">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ubmitted August 1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00871C91">
+        <w:t xml:space="preserve"> forthcoming winter 2025/2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7B88">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, under peer review. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4781553C" w14:textId="77777777" w:rsidR="00283F0C" w:rsidRPr="00283F0C" w:rsidRDefault="00283F0C" w:rsidP="00283F0C"/>
     <w:p w14:paraId="1B6ACCAF" w14:textId="1992E978" w:rsidR="00450F9A" w:rsidRPr="005E1260" w:rsidRDefault="00DF2C3F" w:rsidP="0079371E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc94089597"/>
       <w:bookmarkStart w:id="13" w:name="_Toc124688710"/>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00450F9A" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -7403,56 +7747,55 @@
       <w:r w:rsidR="00FB21E5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0079371E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="0079371E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Published non-refereed articles, chapters, and blogs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="184560D2" w14:textId="13CE521B" w:rsidR="00F038FE" w:rsidRPr="005F7480" w:rsidRDefault="00975D9F" w:rsidP="005F7480">
+    <w:p w14:paraId="184560D2" w14:textId="13CE521B" w:rsidR="00F038FE" w:rsidRPr="00940F51" w:rsidRDefault="00975D9F" w:rsidP="005F7480">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B4E95">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00F038FE" w:rsidRPr="008B4E95">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00F038FE" w:rsidRPr="008B4E95">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005F7480">
         <w:rPr>
@@ -7542,63 +7885,61 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005F7480">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Jelinek.</w:t>
       </w:r>
       <w:r w:rsidR="005F7480" w:rsidRPr="005F7480">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005F7480">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="005F7480" w:rsidRPr="005F7480">
+        <w:r w:rsidR="005F7480" w:rsidRPr="00940F51">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-            <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>https://ifvjelinek.at/forschungsarbeiten/projekt-geschlecht-und-gewalt/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001C27CA" w:rsidRPr="005F7480">
-[...2 lines deleted...]
-          <w:lang w:val="de-DE"/>
+      <w:r w:rsidR="001C27CA" w:rsidRPr="00940F51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33C94AA4" w14:textId="6D309412" w:rsidR="00D2465C" w:rsidRPr="005E1260" w:rsidRDefault="00D2465C" w:rsidP="00D2465C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -7927,135 +8268,107 @@
           </w:rPr>
           <w:t>https://jelinektabu.univie.ac.at/politik/protest/britta-kallin/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00227068" w:rsidRPr="00A9089C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> (14 pp.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12D7AFD5" w14:textId="10AFDF6E" w:rsidR="00D2465C" w:rsidRPr="005E1260" w:rsidRDefault="00D2465C" w:rsidP="00D2465C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2004</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">“The Representation of Foreigners in German and Austrian Plays of the 1990s by Female Playwrights.” </w:t>
       </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Essays on Twentieth-Century German Drama and Theater. An American Reception 1977-1999</w:t>
       </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">, edited by </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">, edited by Hellmut Hal Rennert. New York: Peter Lang, 301-311.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A06152E" w14:textId="62F47FD6" w:rsidR="00D2465C" w:rsidRPr="005E1260" w:rsidRDefault="00D2465C" w:rsidP="00D2465C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Hellmut</w:t>
-[...50 lines deleted...]
-        <w:t xml:space="preserve">.” </w:t>
+        <w:t xml:space="preserve">“In Brecht’s Footsteps or Way beyond Brecht? Brechtian Techniques in Feminist Plays by Elfriede Jelinek and Marlene Streeruwitz.” </w:t>
       </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Communications from the International Brecht Society</w:t>
       </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> 29.1-2</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00227068" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
@@ -8227,65 +8540,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Nachwelt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">” (Entry on Novel by Marlene </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">.) </w:t>
+        <w:t xml:space="preserve">” (Entry on Novel by Marlene Streeruwitz.) </w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>The Literary Encyclopedia</w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>. First online: 30 September 2014. The Literary Dictionary Company. 6 December 2014.</w:t>
       </w:r>
       <w:r w:rsidR="008817F4" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="008817F4" w:rsidRPr="005E1260">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -8298,149 +8597,93 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2007</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Dea </w:t>
+        <w:t xml:space="preserve">“Dea Loher.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>The Columbia Encyclopedia of Modern Drama</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, edited by Gabrielle Cody and Evert Sprinchorn. Vol. 1. New York: Columbia University Press, 2007. 830. “Botho Strauss” and “Marlene </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Loher</w:t>
+        <w:t>Streeruwitz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">.” </w:t>
+        <w:t>.”</w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>The Columbia Encyclopedia of Modern Drama</w:t>
+        <w:t xml:space="preserve"> The Columbia Encyclopedia of Modern Drama</w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">, edited by Gabrielle Cody and Evert </w:t>
-[...69 lines deleted...]
-        <w:t>. Vol. 2. New York: Columbia University Press, 2007. 1288-1289, 1289-1290.</w:t>
+        <w:t>, edited by Gabrielle Cody and Evert Sprinchorn. Vol. 2. New York: Columbia University Press, 2007. 1288-1289, 1289-1290.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46A75873" w14:textId="77777777" w:rsidR="00D2465C" w:rsidRPr="005E1260" w:rsidRDefault="00D2465C" w:rsidP="00D2465C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2007</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
@@ -8544,972 +8787,898 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Literatur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">,” “Feminism,” “Theatre festivals,” and “Theatres.” </w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>German Culture and Society: The Essential Glossary</w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">, edited by Holger </w:t>
+        <w:t>, edited by Holger Briel. London: Arnold, 2002. 37, 42-43, 134-135.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC38849" w14:textId="77777777" w:rsidR="00902A12" w:rsidRPr="005E1260" w:rsidRDefault="00902A12" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22AE872F" w14:textId="7C3510DA" w:rsidR="00E70F86" w:rsidRPr="00940605" w:rsidRDefault="0079371E" w:rsidP="0079371E">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">C3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Published Interviews: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A69C19F" w14:textId="2184C132" w:rsidR="00C23C06" w:rsidRPr="00A9089C" w:rsidRDefault="00E70F86" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“In and Out of the Box: An Interview with Performance Artist Bridge Markland.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="00A9089C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Women in German </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="00A9089C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Yearbook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="00A9089C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23C06" w:rsidRPr="00A9089C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="00A9089C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">74-88. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75963E41" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="00A9089C" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2004</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Junges deutsches Theater in den USA: Interview mit Kerstin Specht über ihre Theaterstücke.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>German Quarterly</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 77.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(Winter): 482-490.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CEC5AFB" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="00A9089C" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1999</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“‘Die andere Frau’: Professorin für Theater- und Filmwissenschaft.” Interview </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-        <w:t>Briel</w:t>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>with</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="22AE872F" w14:textId="7C3510DA" w:rsidR="00E70F86" w:rsidRPr="00940605" w:rsidRDefault="0079371E" w:rsidP="0079371E">
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Renate Möhrmann. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Focus on ‘Literatur’</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>83-96.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2497E595" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="00A9089C" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1997</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Die besten Ideen und die ‘unverhofften Bekannten’ kommen beim Schreiben.” Interview </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Klaus Modick. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Focus on ‘Literatur’</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 77-91.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45CCDC6E" w14:textId="3EE95E21" w:rsidR="00902A12" w:rsidRPr="005E1260" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1997</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Ein knallroter Umschlag wäre mir für Ruth </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Klügers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Buch unpassend erschienen…” </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interview with </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Thedel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> von Wallmoden, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Wallstein</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Verlag, Göttingen. In cooperation with M. Rice and J. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Rapé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Focus on ‘</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Literatur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 93-103.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DCB10F" w14:textId="77777777" w:rsidR="00942DB9" w:rsidRPr="005E1260" w:rsidRDefault="00942DB9" w:rsidP="00257D20">
+      <w:pPr>
+        <w:ind w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48C971FF" w14:textId="1AD48691" w:rsidR="00C23C06" w:rsidRPr="00940605" w:rsidRDefault="0079371E" w:rsidP="0079371E">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">C3. </w:t>
+        <w:t xml:space="preserve">C4. </w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Published Interviews: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0A69C19F" w14:textId="2184C132" w:rsidR="00C23C06" w:rsidRPr="00A9089C" w:rsidRDefault="00E70F86" w:rsidP="00C23C06">
+        <w:t xml:space="preserve">Published Book Reviews and Performance Reviews: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B690A9" w14:textId="4C3451B3" w:rsidR="005264A6" w:rsidRPr="0058712F" w:rsidRDefault="005264A6" w:rsidP="000C3C25">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">Women in German </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Silke Felber, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00902A12" w:rsidRPr="00A9089C">
-[...62 lines deleted...]
-      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>German Quarterly</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:t>Traveling</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
-[...406 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Traveling</w:t>
+        <w:t>Gestures</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00D009EA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D009EA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Gestures</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Elfriede Jelineks Theater</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D009EA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> der (Tragödien-)Durchquerung</w:t>
+      </w:r>
       <w:r w:rsidR="00D009EA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C3C25" w:rsidRPr="0058712F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Mdw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C3C25" w:rsidRPr="0058712F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Press, 2023. Forthcoming in </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3C25" w:rsidRPr="0058712F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="de-DE"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D009EA">
+        </w:rPr>
+        <w:t>Journal of Austrian Studies</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3C25" w:rsidRPr="0058712F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 58.1, spring 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F80212E" w14:textId="1E3B3D97" w:rsidR="00C8767F" w:rsidRPr="00BA2899" w:rsidRDefault="00C8767F" w:rsidP="00C8767F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058712F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058712F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Uta Degner. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8767F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> der (Tragödien-)Durchquerung</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D009EA">
+        <w:t>Eine ‚unmögliche‘ Ästhetik. Elfriede Jelinek im literarischen Feld</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8767F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-      <w:r w:rsidR="000C3C25" w:rsidRPr="0058712F">
+      <w:r w:rsidRPr="00BA014A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Böhlau, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2899">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2021.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA014A" w:rsidRPr="00BA2899">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA014A" w:rsidRPr="00BA2899">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...33 lines deleted...]
-      <w:r w:rsidRPr="00C8767F">
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Gegenwartsliteratur</w:t>
+      </w:r>
+      <w:r w:rsidR="00F54625" w:rsidRPr="00BA2899">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Eine ‚unmögliche‘ Ästhetik. Elfriede Jelinek im literarischen Feld</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C8767F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F54625" w:rsidRPr="00BA2899">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22 (2023), pp. 320-322. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE859CE" w14:textId="64B0334B" w:rsidR="00B316CB" w:rsidRPr="009351E4" w:rsidRDefault="00E11D5E" w:rsidP="006B482A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA014A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00083426">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA014A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B316CB" w:rsidRPr="00BA014A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Uta Degner and </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA014A" w:rsidRPr="00BA014A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Christa Gürtler, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA014A" w:rsidRPr="00BA014A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA014A" w:rsidRPr="00BA014A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA014A">
-[...20 lines deleted...]
-      <w:r w:rsidR="00BA014A" w:rsidRPr="00BA2899">
+      <w:r w:rsidR="00BA014A" w:rsidRPr="00083426">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Gegenwartsliteratur</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F54625" w:rsidRPr="00BA2899">
+        <w:t>Elfriede Jelinek: Provokationen der Kunst</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA014A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA014A" w:rsidRPr="009351E4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Berlin: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA014A" w:rsidRPr="009351E4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>DeGruyter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BA014A" w:rsidRPr="009351E4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2021. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA014A" w:rsidRPr="009351E4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="de-DE"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="6FE859CE" w14:textId="64B0334B" w:rsidR="00B316CB" w:rsidRPr="009351E4" w:rsidRDefault="00E11D5E" w:rsidP="006B482A">
+        </w:rPr>
+        <w:t xml:space="preserve">Journal of Austrian Studies. </w:t>
+      </w:r>
+      <w:r w:rsidR="006B482A" w:rsidRPr="009351E4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">56.1 (2022) pp. 109-112. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E371CC" w14:textId="7E46744B" w:rsidR="00C23C06" w:rsidRPr="00A9089C" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...110 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00316152">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2019</w:t>
       </w:r>
       <w:r w:rsidRPr="00316152">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="00316152">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ela </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Ela Gezen. </w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="00316152">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Brecht, Turkish Theater, and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="00316152">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Turkish-German</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="00316152">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -10184,1000 +10353,890 @@
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2010</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Matthias </w:t>
+        <w:t>Matthias Konzett and Margarete Lamb-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Konzett</w:t>
+        <w:t>Faffelberger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Margarete Lamb-</w:t>
+        <w:t xml:space="preserve">, ed. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Elfriede Jelinek: Writing Woman, Nation, and Identity</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Madison, NJ: Fairleigh Dickinson UP, 2007. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">German Studies Review </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vol. 33, No. 1 (Spring</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2010</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">): 226-27.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2402E11E" w14:textId="1C3A60DF" w:rsidR="00C23C06" w:rsidRPr="00A9089C" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Peter Clar and Christian Schenkermayr, ed. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Theatrale Grenzgänge. Jelineks Theatertexte in Europa</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Vienna: Praesens, 2008. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Modern Austrian </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...1 lines deleted...]
-        <w:t>Faffelberger</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Literature</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">, ed. </w:t>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 43.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2010)</w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 98-100. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D996CB2" w14:textId="74968FEC" w:rsidR="00C23C06" w:rsidRPr="00A9089C" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2008</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ortud</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gutjahr, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
-        </w:rPr>
-        <w:t>Elfriede Jelinek: Writing Woman, Nation, and Identity</w:t>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>“Ulrike Maria Stuart” von Elfriede Jelinek</w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">. Madison, NJ: Fairleigh Dickinson UP, 2007. </w:t>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Theater und Universität im Gespräch. Vol. 5. Würzburg: Königshausen &amp; Neumann, 2007. </w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Modern Austrian </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Literature</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 41.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2008) </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>94-97.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EAE1453" w14:textId="15C27038" w:rsidR="00C23C06" w:rsidRPr="00A9089C" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A9089C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2002</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A9089C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sabine Wilke. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Ist alles so geblieben, wie es früher war? Essays zu Literatur und Frauenpolitik im vereinten Deutschland</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Würzburg: Königshausen &amp; Neumann, 2000. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...51 lines deleted...]
-        <w:t xml:space="preserve">Peter Clar and Christian </w:t>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seminar: A Journal </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-        <w:t>Schenkermayr</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Theatrale Grenzgänge. Jelineks Theatertexte in Europa</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Modern Austrian </w:t>
+        <w:t>Germanic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Studies </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>38.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2002) </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>401-403.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D67AC6" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="003B531E" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A9089C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2002</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A9089C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Birgit Roser. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mythenbehandlung und Kompositionstechnik in Christa Wolfs </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medea. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stimmen. Berlin: Peter Lang, 2000. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">German Studies Review </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>25.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1,</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202-203.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63606E20" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="005E1260" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2002</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“B.B. in L.A. in Atlanta.” </w:t>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review of a Bertolt Brecht performance at Seven Stages Theater in Atlanta. </w:t>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Communications from the International Brecht Society</w:t>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31 (2002): 41-42.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4022FF57" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="005E1260" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2002</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Brecht Poetry Bash.”  Review of an evening in honor of Bertolt Brecht held at the Goethe-Institute Atlanta. </w:t>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Communications from the International Brecht Society</w:t>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31 (2002): 43. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F88C8A6" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="005E1260" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2001</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dagmar C. Lorenz. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Contemporary Jewish Writing in Austria</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lincoln: University of Nebraska Press, 1999. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Germanic Notes and Reviews </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>32.1 (2001): 82-83. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782656C9" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="005E1260" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Susan Tebbutt. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Sinti and Roma: Gypsies in German-Speaking Society and Literature</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. New York: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...3 lines deleted...]
-        <w:t>Literature</w:t>
+        </w:rPr>
+        <w:t>Berghahn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> (2010)</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">, 1998. </w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1D996CB2" w14:textId="74968FEC" w:rsidR="00C23C06" w:rsidRPr="00A9089C" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+          <w:i/>
+        </w:rPr>
+        <w:t>Colloquia Germanica</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33.2 (2000): 180-182. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9C637A" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="005E1260" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...14 lines deleted...]
-        <w:tab/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>1999</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Susan Cocalis and Ferrel Rose. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Thalia’s Daughters: German Women Dramatists from the Eighteenth Century to the Present</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Tübingen: Francke, 1996. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Lessing Yearbook XXXI</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1999): 224-226. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62694D55" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="005E1260" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1999</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arlene A. Teraoka. </w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>East, West, and Others: The Third World in Postwar German Literature</w:t>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lincoln: University of Nebraska Press, 1996. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:iCs/>
-[...2 lines deleted...]
-        <w:t>Ortud</w:t>
+          <w:i/>
+        </w:rPr>
+        <w:t>Monatshefte</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 91.2 (1999): 291-292.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189DA525" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="00A9089C" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>1998</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
-          <w:lang w:val="de-DE"/>
-[...728 lines deleted...]
-        <w:t xml:space="preserve">, ed. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Susanne Kord and Friederike Eigler, ed. </w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Feminist Encyclopedia of German Literature</w:t>
       </w:r>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Westport</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00902A12" w:rsidRPr="005E1260">
         <w:rPr>
@@ -11624,95 +11683,95 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0058712F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Presentations</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4220ED5C" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="0058712F" w:rsidRDefault="00C23C06" w:rsidP="00202015">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc94089599"/>
     </w:p>
-    <w:p w14:paraId="6F88F5E7" w14:textId="00F3F8D1" w:rsidR="00726D92" w:rsidRPr="0058712F" w:rsidRDefault="0079371E" w:rsidP="00B34A7C">
+    <w:p w14:paraId="2D367451" w14:textId="2FE5344E" w:rsidR="00C5689B" w:rsidRPr="00C5689B" w:rsidRDefault="0079371E" w:rsidP="00C5689B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc124688712"/>
       <w:r w:rsidRPr="0058712F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">D1. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0028695C" w:rsidRPr="0058712F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Invited</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0028695C" w:rsidRPr="0058712F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lectures:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="0028695C" w:rsidRPr="0058712F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36BB3958" w14:textId="7542555D" w:rsidR="00DE229A" w:rsidRPr="00773CC3" w:rsidRDefault="00956EB3" w:rsidP="00956EB3">
+    <w:p w14:paraId="36BB3958" w14:textId="43D3BE40" w:rsidR="00DE229A" w:rsidRPr="00773CC3" w:rsidRDefault="00956EB3" w:rsidP="00956EB3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00773CC3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="00773CC3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DE229A" w:rsidRPr="00773CC3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
@@ -12157,415 +12216,390 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00544E8A" w:rsidRPr="00A9089C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Märchen.“</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00544E8A" w:rsidRPr="00A9089C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Tennessee Tech University, Cookeville, TN, April 8, 2021</w:t>
       </w:r>
       <w:r w:rsidR="00BC54BD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A3A9826" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="005E1260" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+    <w:p w14:paraId="0A3A9826" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="005E1260" w:rsidRDefault="00C23C06" w:rsidP="59C1C705">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>2020</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E1260">
-[...23 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00D82A69">
+        <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Intersektionale feministische Kritik sowie Autorschaft/Autorinnen-Inszenierung in Streeruwitz’ </w:t>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Das wird mir alles nicht passieren… Wie bleibe ich </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="0028695C" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>FeministIn</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="0028695C" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2010) und </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="0028695C" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Frag</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="0028695C" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Marlene. Feministische Gebrauchsanleitungen</w:t>
       </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (2018)” (International Marlene Streeruwitz Conference in Hannover, Germany, March 2020; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0028695C" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>cancel</w:t>
+      </w:r>
+      <w:r w:rsidR="008817F4" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0028695C" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> due </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0028695C" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0028695C" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COVID</w:t>
+      </w:r>
+      <w:r w:rsidR="00223E25" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="59C1C705">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>19).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AFE5D6" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="005E1260" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">. (2018)” (International Marlene Streeruwitz Conference in Hannover, Germany, March 2020; </w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">“The UN SDGs in the German Classroom,” </w:t>
+      </w:r>
+      <w:r w:rsidR="0062775C" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Atlanta Global Studies Center, Atlanta,</w:t>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> February 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F06DB8" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="005E1260" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Märchenfiguren</w:t>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t> und intertextuelle Strategien in ausgewählten Werken von Elfriede </w:t>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Jelinek.</w:t>
+      </w:r>
+      <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” Elfriede Jelinek – Eine Ästhetik der Übergänge. University </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...15 lines deleted...]
-        <w:t>ed</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Salzburg, Salzburg, Austria. </w:t>
+      </w:r>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">January 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF60DA1" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="005E1260" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...8 lines deleted...]
-        <w:t>-</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Education for Sustainable Development: The German LBAT,” Workshop on Integrating the UN SDGs into the Curriculum,” Atlanta, GA. September 2019. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B91B267" w14:textId="77777777" w:rsidR="00C23C06" w:rsidRPr="00A9089C" w:rsidRDefault="00C23C06" w:rsidP="00C23C06">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...212 lines deleted...]
-        <w:t xml:space="preserve"> from the University of California, Berkeley. </w:t>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">“German Television as Pedagogical Tool” at the “DAAD Workshop” organized by Dr. Niko Euba from the University of California, Berkeley. </w:t>
       </w:r>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Goethe-Center Atlanta, GA. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>December</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
@@ -12826,65 +12860,51 @@
     <w:p w14:paraId="5B4E7D15" w14:textId="5A7F2347" w:rsidR="002D00F7" w:rsidRPr="008B7833" w:rsidRDefault="00FE28D4" w:rsidP="001D44F3">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B7833">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">with Mo </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B7833">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Asumang</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B7833">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> about Her Film Die </w:t>
-[...13 lines deleted...]
-        <w:t>, Racism and Her Newly Developed Generous</w:t>
+        <w:t xml:space="preserve"> about Her Film Die Arier, Racism and Her Newly Developed Generous</w:t>
       </w:r>
       <w:r w:rsidR="008B7833" w:rsidRPr="008B7833">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008B7833">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Listening Exercises” (sponsored by GSA Arts Night). </w:t>
       </w:r>
       <w:r w:rsidR="008B7833" w:rsidRPr="008B7833">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">German Studies Association Conference, </w:t>
       </w:r>
       <w:r w:rsidR="00F014A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Atlanta, GA, </w:t>
       </w:r>
@@ -13304,71 +13324,51 @@
         <w:t xml:space="preserve">“Sprachliche Strategien der Ein- und Ausgrenzung.” </w:t>
       </w:r>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Recorded </w:t>
       </w:r>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Video Conference with </w:t>
       </w:r>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rosemarie </w:t>
-[...19 lines deleted...]
-        <w:t>, Silke Felber,</w:t>
+        <w:t>Rosemarie Brucher, Silke Felber,</w:t>
       </w:r>
       <w:r w:rsidR="00940605">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="0028695C" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Britta Kallin. </w:t>
@@ -13539,294 +13539,335 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="630"/>
         </w:tabs>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc124688714"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">D3. </w:t>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Conferences and Workshops:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w14:paraId="431F7963" w14:textId="77777777" w:rsidR="00F73406" w:rsidRPr="001C0CCD" w:rsidRDefault="00F73406" w:rsidP="00F73406">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="431F7963" w14:textId="77777777" w:rsidR="00F73406" w:rsidRPr="004B3671" w:rsidRDefault="00F73406" w:rsidP="00F73406">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1595C11F" w14:textId="53F4ECA5" w:rsidR="009F6353" w:rsidRPr="004B3671" w:rsidRDefault="00C5689B" w:rsidP="004B3671">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="009F6353" w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Gabriella Engelmann’s Young Adult Romance Novel </w:t>
+      </w:r>
+      <w:r w:rsidR="009F6353" w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Hundert Jahre Ungeküsst</w:t>
+      </w:r>
+      <w:r w:rsidR="009F6353" w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> (2011): A Feminist Adaptation of the Brother Grimm</w:t>
+      </w:r>
+      <w:r w:rsidR="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="009F6353" w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="009F6353" w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Sleeping Beauty</w:t>
+      </w:r>
+      <w:r w:rsidR="009F6353" w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” German Studies Association Conference, Washington, D.C., September 25-28, 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7761F2B7" w14:textId="72B80C01" w:rsidR="00C75AF5" w:rsidRPr="004B3671" w:rsidRDefault="008D5ED7" w:rsidP="008D5ED7">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C75AF5" w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“Nature, Land, and Exploitation in Elfriede Jelinek's Recent Works: An Ecocritical Reading.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Austrian Studies Association Conference, Gettysburg, PA, March 27-20, 2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B7E57A2" w14:textId="07145AFF" w:rsidR="00F014A9" w:rsidRPr="004B3671" w:rsidRDefault="00F73406" w:rsidP="00F014A9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3678" w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F014A9" w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Destruction of Nature, Displacement of Refugees, and Oppression of Women and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AD22086" w14:textId="77777777" w:rsidR="00F014A9" w:rsidRPr="004B3671" w:rsidRDefault="00F014A9" w:rsidP="00F014A9">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Minorities: Elfriede Jelinek’s Texts About Stewardship and Distorted Relationships.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314CDE61" w14:textId="66F3324A" w:rsidR="00937846" w:rsidRPr="004B3671" w:rsidRDefault="00F014A9" w:rsidP="00F014A9">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B3671">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">German Studies Association Conference, Atlanta, GA, September 26-29, 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160BC9A9" w14:textId="5E6DCF24" w:rsidR="001B3678" w:rsidRPr="001C0CCD" w:rsidRDefault="00937846" w:rsidP="007C099F">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001C0CCD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001B3678" w:rsidRPr="001C0CCD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>“Sustainable Development in Germany</w:t>
+      </w:r>
+      <w:r w:rsidR="007E1E7B" w:rsidRPr="001C0CCD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>: Sustainable Development as a Specific Purpose in Language and Culture Education,</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3678" w:rsidRPr="001C0CCD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidR="009836FC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ISLSP-</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3678" w:rsidRPr="001C0CCD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CIBER </w:t>
+      </w:r>
+      <w:r w:rsidR="007C099F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Center for International Business Education, </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3678" w:rsidRPr="001C0CCD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">George Washington University, </w:t>
+      </w:r>
+      <w:r w:rsidR="007C099F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Washington, D.C., </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3678" w:rsidRPr="001C0CCD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>May 2-4, 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37BFC210" w14:textId="77777777" w:rsidR="00025119" w:rsidRDefault="00025119" w:rsidP="00025119">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>2024</w:t>
       </w:r>
-      <w:r w:rsidR="001B3678" w:rsidRPr="001C0CCD">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...215 lines deleted...]
-        <w:t>-A Joo).</w:t>
+        <w:t>“Incorporating the Spirant AI Tool in the German-language Classroom: Rubrics and AI Feedback.” Education in the Age of AI. Atlanta, GA, April 20, 2024. (50% with Dr. Hyoun-A Joo).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67D8E4AE" w14:textId="6DCA548C" w:rsidR="00C97080" w:rsidRDefault="007E1E7B" w:rsidP="00C97080">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C0CCD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidRPr="001C0CCD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C97080" w:rsidRPr="001C0CCD">
@@ -14056,51 +14097,83 @@
           <w:i/>
           <w:iCs/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>and “Wie wünscht man</w:t>
       </w:r>
       <w:r w:rsidR="00C453BB" w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B531E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">richtig?”, German Studies Association Conference, Montreal, Canada, October 2023.  </w:t>
+        <w:t xml:space="preserve">richtig?”, German Studies </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Association</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Conference, Montreal, Canada, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>October</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B531E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="722278AC" w14:textId="77777777" w:rsidR="00F73406" w:rsidRPr="003360BE" w:rsidRDefault="00F73406" w:rsidP="00F73406">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003360BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">2023 </w:t>
       </w:r>
       <w:r w:rsidRPr="003360BE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t>“</w:t>
       </w:r>
@@ -14178,4681 +14251,4557 @@
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Fairy Tales in Felicitas Hoppe’s Works: </w:t>
       </w:r>
       <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Sieben </w:t>
+        <w:t>Sieben Schätze</w:t>
+      </w:r>
+      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, “Wie </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>wünscht</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> man </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>richtig</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">?”, and Short </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Texts,“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Women in German Annual Conference, Portland, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>OR,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> November 2021. (Online due to COVID-19). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43ECA8AC" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="00A9089C" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>A Feminist Adaptation of the Grimms’ “Little Red Cap” and “The Story of the Youth Who Went Forth to Learn What Fear Was:” Karen Duve’s Short Story “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Grrrimm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">German Studies </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Association</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>October</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2021. (Online due </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> COVID-19). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB7086E" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Das Gastmahl wird zum Massaker: Elfriede Jelineks </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-        <w:t>Schätze</w:t>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Rechnitz (Der Würgeengel)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> als grauenvolle Umkehrung von Leben und Tod,“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Internationale Vereinigung für Germanistik (IVG), Palermo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Italy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, “Wie </w:t>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, August 2021. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(Online due to COVID-19).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFE446C" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Climate Action, Eco-Criticism and the UN SDGs in Feminist German Studies.” Women in German Annual Conference, Sewanee, TN, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>October,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="451130A6" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Sustainability, SDGs, Community Engagement, and German Studies.” German Studies Association, Portland, OR, October 2019.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0347DF" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Tuesday </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
-[...3 lines deleted...]
-        <w:t>wünscht</w:t>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Collaboratorium</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> man </w:t>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Presentation on Education for Sustainable Development: GRMN 3696 Sustainability in Germany,” Atlanta Global Studies Center, Atlanta, GA, September 2019.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0602829C" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Discussion of Documentary Movie: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
-[...3 lines deleted...]
-        <w:t>richtig</w:t>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Neukölln</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">?”, and Short </w:t>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Unlimited</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Immigration into Germany” with Dr. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Uelzmann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Dr. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Orich</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, Atlanta Global Studies Symposium, Education for Sustainability, Atlanta, GA, April 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16518366" w14:textId="77777777" w:rsidR="00A5336C" w:rsidRPr="005E1260" w:rsidRDefault="00A5336C" w:rsidP="00A5336C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">“’A Literature of Wounds,’ Wounded Bodies, and Women in Kafka’s Works and Life.” Roundtable, German Studies Association, Pittsburgh, PA, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
-[...3 lines deleted...]
-        <w:t>Texts,“</w:t>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>September,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00C16A16" w:rsidRPr="005E1260">
-[...6 lines deleted...]
-    <w:p w14:paraId="43ECA8AC" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="00A9089C" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B4C90AC" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...14 lines deleted...]
-      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>A Feminist Adaptation of the Grimms’ “Little Red Cap” and “The Story of the Youth Who Went Forth to Learn What Fear Was:” Karen Duve’s Short Story “</w:t>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“German Career Intensive Workshop and Georgia Tech’s New MS-GMC.” With Dr. Jenny Strakovsky. A</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0843" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">merican </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0843" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ssociation of Teachers of German, Georgia Chapter,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Fall Workshop</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0843" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> U</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0843" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>niversity of Georgia</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, Athens, GA</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0843" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0026210A" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>German Fairy Tales and Feminism: An Oxymoron or How Have Models of Accepted Female Behavior Changed.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Women in German </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0843" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Annual Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, University of the South, Sewanee, TN</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0843" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October 18-20, 2018. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12BE9807" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Jelineks Analyse globaler Krisen, lokaler Ängste und nicht-autoritärer Lösungen.“ </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="00A9089C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">German Studies Association. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">September 27-30, 2018. Pittsburgh, PA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D9B9354" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Germans, Austrians, Migrants, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Postmigrants</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and Borders.” </w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Southeast German Studies Workshop. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Emory University, Atlanta. GA</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> February 22-23, 2018. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28EFE976" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Grrrimm</w:t>
+        <w:t>2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>“Capstone Course on Intercultural Competence for Engineering and other Students,”</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> American Council on the Teaching of Foreign Languages/American Association of Teachers of German,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nashville, TN. November 17-19, 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550EDC9B" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“Creating a Multicultural Space?! Women, Refugees and the Theater’s Role in (Unifying) Germany,” German Studies Association, Atlanta, GA. October 6-8, 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07BE992E" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Oliver Polak, Dave Davis, and Serdar </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Somuncu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>: German Comedians Work Against Stereotypes and Discrimination.” Minorities and Minority Discourses in Germany since 1990. University of Massachusetts, Amherst, MA. March 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="781EEA64" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Right-Wing Extremism and Intertextual Connections in Elfriede Jelinek’s </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Rein.Gold</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>schweigende</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mädchen</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.” Austrian Studies Association</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chicago, IL</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> March 2017.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F32D4E" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2016</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Elfriede Jelinek’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Rein. Gold</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under the Eyes of Queer Relationality, Materialist Feminism, and Posthuman Approaches.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">German Studies </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Association</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> San Diego, CA</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>October</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2016.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415B57C3" w14:textId="77A52BB5" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2016</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Amerikanisch-österreichische Intertextualitäten: Jelineks </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Der Tod und das Mädchen IV (Jackie</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) und </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Der Tod und das Mädchen V (Die Wand)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t xml:space="preserve">.” </w:t>
       </w:r>
-      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">German Studies </w:t>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Austrian Studies Association</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Vienna, Austria</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> March 2016. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E6E7628" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2015</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Gender, Ethnicity, and Religion in Modern Fairy Tales and Fantasy Books: Cornelia Funke’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Reckless</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Trilogy (2010-2015).” Women in German </w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Annual Conference,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Banff, Canada, October 2015. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="672606C4" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2015</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“Queering Approaches in German Studies.” German Studies Association</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Washington D.C., October 2015.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AFFA1CA" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2015</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“European Support of Pussy Riot’s Performances and Body Politics.” Kennesaw European Studies Symposium: Faces and Phases of the European Union, Kennesaw, GA, April 2015. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580133FA" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Transnational Feminist Support of Pussy Riot’s Activist Performances and Politics.” Women in German </w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Annual Conference,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Shawnee, PA</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578AEED5" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Theater as Mirror to Politics: The NSU and German Neo-Nazis in Elfriede Jelinek’s </w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">ein Gold: Ein </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
-[...4 lines deleted...]
-        <w:t>Association</w:t>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Bühnenessay</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
-[...2 lines deleted...]
-          <w:lang w:val="de-DE"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>. German Studies Association</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Kansas, MO</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> September 2014.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548549B1" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2014</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“A Communist Interpretation of the Financial Crises of Capitalism: Elfriede Jelinek’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>rein Gold</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2012).” Austrian Studies Association Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Austin, TX</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> February 2014.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="357B23A2" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
-[...4 lines deleted...]
-        <w:t>October</w:t>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Fernsehfilme</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> 2021. (Online due </w:t>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
-[...4 lines deleted...]
-        <w:t>to</w:t>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Unterhaltungsshows</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00334F6D" w:rsidRPr="005E1260">
-[...7 lines deleted...]
-    <w:p w14:paraId="5CB7086E" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>: Public Debates in German Television.” South Atlantic Modern Language Association</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atlanta, GA</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> November 2013.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47F3C206" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...12 lines deleted...]
-          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">“Das Gastmahl wird zum Massaker: Elfriede Jelineks </w:t>
+        </w:rPr>
+        <w:t>“In and Out of the Box: Bridge Markland’s Transgender Performances in Germany and the US.” German Studies Association</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Denver, CO</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October 2013.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A2998D" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“German Television and Electronic Culture.” Foreign Language Association of Georgia Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Augusta, GA</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> March 2013.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3D3940" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Resistance and Subversion of Gender Norms: German and Austrian Feminist Fairy Tales Twist Old Stereotypes.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>27th Annual Interdisciplinary Conference in the Humanities: Systems of Control / Modes of Resistance</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.” University of West Georgia, Carrollton, GA</w:t>
+      </w:r>
+      <w:r w:rsidR="008535C2" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> November 2012. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B57F58" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Ali Samadi Ahadi’s Cinematic Comedy </w:t>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-          <w:lang w:val="de-DE"/>
-[...1 lines deleted...]
-        <w:t>Rechnitz (Der Würgeengel)</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Salami Aleikum </w:t>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> als grauenvolle Umkehrung von Leben und Tod,“ </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">(2009): Humor, Gender Performativity, and Islam in Germany.” </w:t>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
-          <w:lang w:val="de-DE"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Internationale Vereinigung für Germanistik (IVG), Palermo, </w:t>
+        </w:rPr>
+        <w:t>German Studies Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, Milwaukee, WI</w:t>
+      </w:r>
+      <w:r w:rsidR="008535C2" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October 2012. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3A9831" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Identity and Beyond: Ethnic Minorities, Religious Affiliations, Gender, and National Belonging in Contemporary German and Austrian Literature.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Symposium on International Media, Communication and Culture</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>. Organized by the Consortium for Global Media and Culture (CGMC)</w:t>
+      </w:r>
+      <w:r w:rsidR="008535C2" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kennesaw State University, Kennesaw, GA</w:t>
+      </w:r>
+      <w:r w:rsidR="008535C2" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> February 2012.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E9CADB7" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“‘Mein Dasein </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...2 lines deleted...]
-        <w:t>Italy</w:t>
+        </w:rPr>
+        <w:t>ist</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">, August 2021. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> Schlaf:’ Princesses, Power, and Passivity in Elfriede Jelinek’s Works.” </w:t>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>(Online due to COVID-19).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5BFE446C" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+        <w:t>German Studies Association</w:t>
+      </w:r>
+      <w:r w:rsidR="008535C2" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Louisville, KY</w:t>
+      </w:r>
+      <w:r w:rsidR="008535C2" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October 2011.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="776341CA" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2011</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">“Elfriede </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>2019</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>Jelineks</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>’ Works: The Role of Christianity, Judaism, and Islam in German and Austrian Literature, Media, and Society.” Southeast German Studies Workshop</w:t>
+      </w:r>
+      <w:r w:rsidR="008535C2" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Climate Action, Eco-Criticism and the UN SDGs in Feminist German Studies.” Women in German Annual Conference, Sewanee, TN, </w:t>
+        <w:t xml:space="preserve"> Georgia State University, Atlanta, GA</w:t>
+      </w:r>
+      <w:r w:rsidR="008535C2" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> February 2011.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA43FE0" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Intertextualities in Elfriede Jelinek’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rechnitz (Der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Würgeengel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Luis Buñuel, T.S. Eliot, and the Bible.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Women in German </w:t>
+      </w:r>
+      <w:r w:rsidR="008535C2" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Annual Conference,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>August, MI</w:t>
+      </w:r>
+      <w:r w:rsidR="008535C2" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="object"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>October 2010</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72EFB94B" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Transnational Dialogues and a Redefinition of What Constitutes Germanness: Gender, Ethnicity, Religion, Migration, and Nationalism in German Literature, Movies, TV shows, and Hip Hop.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Southeast German Studies Workshop</w:t>
+      </w:r>
+      <w:r w:rsidR="008535C2" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Georgia State University</w:t>
+      </w:r>
+      <w:r w:rsidR="00F100AC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atlanta, GA</w:t>
+      </w:r>
+      <w:r w:rsidR="00F100AC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> March 2010.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A8430A7" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2009 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“Offside Position, Jealousy, and the Internet: Presence and Absence in Elfriede Jelinek’s „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Im</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Abseits</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Neid. Ein </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Privatroman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.”</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> German Studies Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00F100AC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Washington D.C.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F100AC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="594BAD9C" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2009</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Germany. An Austrian Tale/Austria. A German Tale:  Literary History and National Identity in Elfriede Jelinek’s Works.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Modern Austrian Literature and Culture Association Annual Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="00F100AC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atlanta, GA</w:t>
+      </w:r>
+      <w:r w:rsidR="00F100AC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> April 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770E82C5" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2008</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Crossing Borders, Crossing Identities: Alterity as Celebration (and Threat) in Angelina Maccarone’s </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Fremde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Haut</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>German Studies Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00F100AC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> St. Paul, MN</w:t>
+      </w:r>
+      <w:r w:rsidR="00F100AC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October 2008. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30695EBC" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2007</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Marlene Streeruwitz’s </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Morire</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Levitate</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>: Woman’s Thoughts on Death and Austrian History.” German Studies Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00F100AC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> San Diego, CA</w:t>
+      </w:r>
+      <w:r w:rsidR="00F100AC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October 2007. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38FD1F25" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B781C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2007</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005B781C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005B781C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Sexuality, Eroticism, and Gender in Helmina von Chézy’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005B781C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Rosamunde</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005B781C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Elfriede Jelinek’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005B781C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Der</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005B781C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tod und das Mädchen III</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005B781C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Modern Austrian Literature and Culture Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EC0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Edmonton, Canada</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EC0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> April 2007. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4F740B" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2006</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Gender and Fairy Tale Characters </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>in Cornelia Funke’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Tintenherz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Elfriede Jelinek’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Bambiland</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.” Popular Culture Association/American Culture Association Annual Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EC0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atlanta, GA</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EC0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> April 2006. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54EDA922" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2005</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“‘Hänsel und </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Tretel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>’ and ‘</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Froschkönigin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>:’ Fairy Tale Characters in Recent Plays by Elfriede Jelinek and Kerstin Specht.” Kentucky Foreign Language Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EC0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> University of Kentucky, Lexington, KY</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EC0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> April 2005.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A83746" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2004</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Gendered History and Memory in Marlene </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Streeruwitz’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Recent Prose.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Modern Austrian Literature and Culture Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EC0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Houston, TX</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EC0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> April 2004. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE17B96" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2003</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Ethnic Minorities in Recent German Cinema.” Georgia </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EC0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Institute of Technology, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ivan Allen College Lecture Series</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6EC0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> April 2003.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A063CB" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2001</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...2 lines deleted...]
-        <w:t>October,</w:t>
+        </w:rPr>
+        <w:t>Turkish-German</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Films after Unification: National, Cultural, Ethnic, and Gender Identities.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>South Atlantic Modern Language Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00325F94" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atlanta, GA</w:t>
+      </w:r>
+      <w:r w:rsidR="00325F94" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> November 2001.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50FC019E" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2019. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="451130A6" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+        <w:t>2001</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“Postmodern and/or Post-dramatic Theater? Elfriede Jelinek’s Feminist Plays.”</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Women in German</w:t>
+      </w:r>
+      <w:r w:rsidR="00325F94" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Annual Conference,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Tucson, AZ</w:t>
+      </w:r>
+      <w:r w:rsidR="00325F94" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October 2001. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A1ED44" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2001</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Sustainability, SDGs, Community Engagement, and German Studies.” German Studies Association, Portland, OR, October 2019.  </w:t>
-[...23 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">“Artistic Intervention into Politics; Elfriede Jelinek's Political Essays and Her Play </w:t>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-        <w:t xml:space="preserve">“Tuesday </w:t>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-        <w:t>Collaboratorium</w:t>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Lebewohl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – Presentation on Education for Sustainable Development: GRMN 3696 Sustainability in Germany,” Atlanta Global Studies Center, Atlanta, GA, September 2019.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0602829C" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>German Studies Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00325F94" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Washington D.C., October 2001. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B1D3321" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-        <w:t>2019</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2000</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">“Discussion of Documentary Movie: </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">“A Feminist Road Movie? Katja von Garnier’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Bandits</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1997) in the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Classroom</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>American Association of Teachers of German</w:t>
+      </w:r>
+      <w:r w:rsidR="00325F94" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Boston, MA</w:t>
+      </w:r>
+      <w:r w:rsidR="00325F94" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> November 2000. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05036A09" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“A Different Kind of Biography? Anna Mahler as Woman, Jew, Refugee, Artist, and Austrian in Marlene </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...2 lines deleted...]
-        <w:t>Neukölln</w:t>
+        </w:rPr>
+        <w:t>Streeruwitz’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> – Immigration into Germany” with Dr. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t>Uelzmann</w:t>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Nachwelt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> and Dr. </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>German Studies Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00325F94" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Houston, TX</w:t>
+      </w:r>
+      <w:r w:rsidR="00325F94" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October 2000.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37FFCCDC" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>1999</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“In Brecht’s Footsteps or Way Beyond Brecht? Brechtian Techniques in Feminist Plays by Elfriede Jelinek and Marlene Streeruwitz.” Modern Language Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00325F94" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chicago, IL</w:t>
+      </w:r>
+      <w:r w:rsidR="00325F94" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> December 1999. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BBADF10" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>1999</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Race, Representation, Resistance: Marlene Streeruwitz’s Play </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t>Orich</w:t>
+          <w:i/>
+        </w:rPr>
+        <w:t>Bagnacavallo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="16518366" w14:textId="77777777" w:rsidR="00A5336C" w:rsidRPr="005E1260" w:rsidRDefault="00A5336C" w:rsidP="00A5336C">
+        </w:rPr>
+        <w:t>.” German Studies Association</w:t>
+      </w:r>
+      <w:r w:rsidR="00325F94" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Atlanta, GA</w:t>
+      </w:r>
+      <w:r w:rsidR="00325F94" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October 1999. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2151758B" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>2018</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">“’A Literature of Wounds,’ Wounded Bodies, and Women in Kafka’s Works and Life.” Roundtable, German Studies Association, Pittsburgh, PA, </w:t>
+        <w:t>1999</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“No Space for Plays: Where Are the East German Women Playwrights of the 1990s?” Kentucky Foreign Language Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="00B201A8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> University of Kentucky, Lexington, KY</w:t>
+      </w:r>
+      <w:r w:rsidR="00B201A8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> April 1999. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E66E7D" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1998</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>“‘…ich bin kein emanzipiertes Frauenzimmer… ich bin mehr für Haus und Kinderstube</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005E1260">
-[...3 lines deleted...]
-        <w:t>September,</w:t>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>…:’</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005E1260">
-[...6 lines deleted...]
-    <w:p w14:paraId="7B4C90AC" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Die paradoxe Situation der gebildeten Frau in Fontanes </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Frau Jenny Treibel</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> am Beispiel von Corinna Schmidt.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Kentucky Foreign Language Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="00B201A8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> University of Kentucky, Lexington, KY</w:t>
+      </w:r>
+      <w:r w:rsidR="00B201A8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> April 1998.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E692CCB" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1998</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">“German Career Intensive Workshop and Georgia Tech’s New MS-GMC.” With Dr. Jenny </w:t>
+        <w:t>“Gender, Nation and Race in German and Austrian Drama: Contemporary Plays by Women.” Text and Presentation: Comparative Drama Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="002D35CD" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> University of Florida, Gainesville, FL</w:t>
+      </w:r>
+      <w:r w:rsidR="002D35CD" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> March 1998.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D0A0277" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>1998</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“From Shen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Strakovsky</w:t>
+        <w:t>Te</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>. A</w:t>
-[...223 lines deleted...]
-        <w:t xml:space="preserve">“Germans, Austrians, Migrants, </w:t>
+        <w:t xml:space="preserve"> and Grusche to Tick and Trick: Brechtian Theory and Theater Techniques in Marlene </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Postmigrants</w:t>
+        <w:t>Streeruwitz’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">, and Borders.” </w:t>
-[...134 lines deleted...]
-        <w:t xml:space="preserve">“Oliver Polak, Dave Davis, and Serdar </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...1 lines deleted...]
-        <w:t>Somuncu</w:t>
+          <w:i/>
+        </w:rPr>
+        <w:t>Bagnacavallo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:bCs/>
-[...4 lines deleted...]
-    <w:p w14:paraId="781EEA64" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>” Revisualizing Brecht. University of North Carolina, Chapel Hill, NC</w:t>
+      </w:r>
+      <w:r w:rsidR="002D35CD" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> February 1998.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE9F046" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1998</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">“Right-Wing Extremism and Intertextual Connections in Elfriede Jelinek’s </w:t>
+        <w:t xml:space="preserve">“Elfriede Jelinek’s </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
-        <w:t>Rein.Gold</w:t>
+        <w:t>Stecken</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>, Stab und Stangl</w:t>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">and </w:t>
+        <w:t>: Contemporary Racism Mirrored by the Holocaust.” (Re)Presenting the Holocaust. Hillel Foundation, Ohio State University, Columbus, OH</w:t>
+      </w:r>
+      <w:r w:rsidR="002D35CD" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> February 1998. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404B7217" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>1997</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Euripides’ </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Das </w:t>
+        <w:t xml:space="preserve">Medea </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">und Christa Wolfs </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medea. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Stimmen</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: feministische Veränderung eines Mythos.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Kentucky Foreign Language Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="002D35CD" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> University of Kentucky, Lexington, KY</w:t>
+      </w:r>
+      <w:r w:rsidR="002D35CD" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> April 1997.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38541F79" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="00A9089C" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>1997</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Christa Wolf’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medea. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
-        <w:t>schweigende</w:t>
+        <w:t>Stimmen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Feminist Mythmaking.” Conquering Women. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="00A9089C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>University of California, Berkeley, CA</w:t>
+      </w:r>
+      <w:r w:rsidR="002D35CD" w:rsidRPr="00A9089C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="00A9089C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> March 1997. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4565CDCC" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1996</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“‘Noch immer stopft der Mann sich der Frau in den </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Mund:’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Obszönität in Elfriede Jelineks </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Die Klavierspielerin</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Focus on ‘</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...1 lines deleted...]
-        <w:t>Mädchen</w:t>
+        </w:rPr>
+        <w:t>Literatur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002D35CD" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>’ University of Cincinnati, Cincinnati, OH</w:t>
+      </w:r>
+      <w:r w:rsidR="002D35CD" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> October 1996. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5456F9C9" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1996</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“‘...ich kann mir nicht denken, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>daß</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...76 lines deleted...]
-        <w:t xml:space="preserve">German Studies </w:t>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ich irgendwo ohne dich zu mir selber kommen möcht’: Frauenfreundschaft als Voraussetzung zur Selbstfindung in Bettina von </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Association</w:t>
+        <w:t>Arnim’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009C7FC6" w:rsidRPr="005E1260">
-[...2 lines deleted...]
-          <w:lang w:val="de-DE"/>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Die Günderode</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Pennsylvania Foreign Language Conference</w:t>
+      </w:r>
+      <w:r w:rsidR="002D35CD" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...6 lines deleted...]
-          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Duquesne University, Pittsburgh, PA</w:t>
+      </w:r>
+      <w:r w:rsidR="002D35CD" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> September 1996.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1263C40E" w14:textId="12027A51" w:rsidR="00D454E0" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>1996</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“‘Man tat </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...1 lines deleted...]
-        <w:t>October</w:t>
+        </w:rPr>
+        <w:t>uns</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:lang w:val="de-DE"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="415B57C3" w14:textId="77A52BB5" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+        </w:rPr>
+        <w:t xml:space="preserve"> dieses an…:’ Women as Victims in Eleonore Kalkowska’s Poetry.” German and History Graduate Student Conference. University of Virginia, Charlottesville, VA. March 1996.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="041B412F" w14:textId="24A04DB1" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="00694FFB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E1260">
-[...81 lines deleted...]
-    <w:p w14:paraId="6E6E7628" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+    </w:p>
+    <w:p w14:paraId="34D139D2" w14:textId="519523B5" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="0079371E" w:rsidP="00694FFB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...45 lines deleted...]
-    <w:p w14:paraId="672606C4" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001D5157" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E. Grants and Contracts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="718929A0" w14:textId="360EE4DF" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="00694FFB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...32 lines deleted...]
-    <w:p w14:paraId="2AFFA1CA" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09CEAD06" w14:textId="10D070F4" w:rsidR="00705EE3" w:rsidRPr="00940605" w:rsidRDefault="0079371E" w:rsidP="00940605">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...20 lines deleted...]
-    <w:p w14:paraId="580133FA" w14:textId="77777777" w:rsidR="00694FFB" w:rsidRPr="005E1260" w:rsidRDefault="00694FFB" w:rsidP="00694FFB">
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001D5157" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E1. As Principal Investigator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25567A8B" w14:textId="0DDD55F1" w:rsidR="00BB1E32" w:rsidRPr="00BB1E32" w:rsidRDefault="00BB1E32" w:rsidP="00705EE3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...490 lines deleted...]
-      <w:r w:rsidR="00EB0499" w:rsidRPr="005E1260">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GEARS Grant, IAC, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB1E32">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Topic: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB1E32">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> "Gabriella Engelmann’s Young Adult Romance Novel </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB1E32">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Hundert Jahre Ungeküsst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB1E32">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB1E32">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Feminist Adaptation of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB1E32">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...2696 lines deleted...]
-      </w:pPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Sleeping Beauty</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...55 lines deleted...]
-    <w:p w14:paraId="38B7959C" w14:textId="3CB5D884" w:rsidR="00705EE3" w:rsidRPr="005E1260" w:rsidRDefault="00705EE3" w:rsidP="00705EE3">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the Brothers Grimm.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB1E32">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38B7959C" w14:textId="11C3F339" w:rsidR="00705EE3" w:rsidRPr="005E1260" w:rsidRDefault="00705EE3" w:rsidP="00705EE3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>2021</w:t>
       </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">SGR Grant, IAC, Topic: </w:t>
       </w:r>
@@ -19051,11403 +19000,11530 @@
         <w:pStyle w:val="BlockText"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CF42987" w14:textId="278A0B7F" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="006B0CEE">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:ind w:left="0" w:right="0" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">E2. As Co-Principal Investigator: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5315BEC8" w14:textId="77777777" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
+    <w:p w14:paraId="07CC8D5D" w14:textId="2CACBE4E" w:rsidR="002C12F8" w:rsidRPr="005E1260" w:rsidRDefault="002C12F8" w:rsidP="002C12F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Title of Project: The Halle Foundation Support for </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005E1260">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Master’s</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="0444DAE6" w14:textId="77777777" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
+        <w:t>the German Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D57EFE4" w14:textId="77777777" w:rsidR="002C12F8" w:rsidRPr="005E1260" w:rsidRDefault="002C12F8" w:rsidP="002C12F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Agency/Company: The Halle Foundation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="608E4DAB" w14:textId="60F3C00D" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
+    <w:p w14:paraId="419AE621" w14:textId="789E9E7E" w:rsidR="002C12F8" w:rsidRPr="005E1260" w:rsidRDefault="002C12F8" w:rsidP="002C12F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Total Dollar Amount: $236,503</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E468817" w14:textId="77777777" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
+        <w:lastRenderedPageBreak/>
+        <w:t>Total Dollar Amount: $</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1990">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="001C39D0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1990">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001C39D0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>611</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7B53D5" w14:textId="77777777" w:rsidR="002C12F8" w:rsidRPr="005E1260" w:rsidRDefault="002C12F8" w:rsidP="002C12F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Role: co-PI </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02DFB493" w14:textId="5C1F26CB" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
+    <w:p w14:paraId="0C4BF609" w14:textId="3FB3A72B" w:rsidR="002C12F8" w:rsidRPr="005E1260" w:rsidRDefault="002C12F8" w:rsidP="002C12F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Collaborators: Jan </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Collaborators:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> John Lyon</w:t>
+      </w:r>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> (co-PI) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B1F1330" w14:textId="6306A231" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
+    <w:p w14:paraId="592A8113" w14:textId="4AE683F6" w:rsidR="002C12F8" w:rsidRPr="005E1260" w:rsidRDefault="002C12F8" w:rsidP="002C12F8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Period of Contract: 7/2022-7/2024</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="52300396" w14:textId="0EA14C05" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
+        <w:t>Period of Contract: 7/202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-7/202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD07BF0" w14:textId="0A57CD38" w:rsidR="002C12F8" w:rsidRPr="005C1650" w:rsidRDefault="002C12F8" w:rsidP="005C1650">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Candidate’s Share: ~0% ($0)</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>; )</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, exclusively for undergraduate and graduate students in German program, worked on grant preparation, proposal, and budget.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0711DB46" w14:textId="77777777" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
+    <w:p w14:paraId="5315BEC8" w14:textId="791D86FC" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Title of Project: The Halle Foundation Support for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> degree, GRAs, and LBAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0444DAE6" w14:textId="77777777" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...104 lines deleted...]
-    <w:p w14:paraId="3665E933" w14:textId="5675A6B9" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="00257D20">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Agency/Company: The Halle Foundation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608E4DAB" w14:textId="60F3C00D" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7EB022C3" w14:textId="3EA9C12A" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="00257D20">
+        <w:t>Total Dollar Amount: $236,503</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E468817" w14:textId="77777777" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Total Dollar Amount: </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="46329FDB" w14:textId="4CA1FDC4" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="00257D20">
+        <w:t xml:space="preserve">Role: co-PI </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02DFB493" w14:textId="5C1F26CB" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Role: co-PI </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1F2B68B5" w14:textId="12AD9F98" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="00257D20">
+        <w:t xml:space="preserve">Collaborators: Jan Uelzmann (co-PI) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B1F1330" w14:textId="6306A231" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Collaborators: </w:t>
-[...67 lines deleted...]
-      <w:pPr>
+        <w:t>Period of Contract: 7/2022-7/2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52300396" w14:textId="0EA14C05" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Period of Contract: </w:t>
-[...19 lines deleted...]
-        </w:numPr>
+        <w:t>Candidate’s Share: ~0% ($0)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>; )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, exclusively for undergraduate and graduate students in German program, worked on grant preparation, proposal, and budget.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0711DB46" w14:textId="77777777" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
-        <w:rPr>
-[...70 lines deleted...]
-    <w:p w14:paraId="03ED428B" w14:textId="7C3E1B1D" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B924B76" w14:textId="081ACC07" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="00257D20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Title of Project: The Halle Foundation</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00122FBC" w:rsidRPr="005E1260">
+        <w:t>Title of Project: A</w:t>
+      </w:r>
+      <w:r w:rsidR="00157020" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Support for </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00122FBC" w:rsidRPr="005E1260">
+        <w:t xml:space="preserve">tlanta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Master’s</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00122FBC" w:rsidRPr="005E1260">
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="00157020" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> degree, GRAs, and LBAT</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="401E704A" w14:textId="50ECB81F" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+        <w:t xml:space="preserve">lobal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00157020" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esearch </w:t>
+      </w:r>
+      <w:r w:rsidR="00122FBC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00122FBC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ducation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00122FBC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ollaborative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3665E933" w14:textId="5675A6B9" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Agency/Company: The Halle Foundation</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6AC69DA6" w14:textId="7E91669E" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+        <w:t>Agency/Company: Atlanta Global Studies Center</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EB022C3" w14:textId="3EA9C12A" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Total Dollar Amount: $150,000</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="609AD02E" w14:textId="77777777" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+        <w:t xml:space="preserve">Total Dollar Amount: </w:t>
+      </w:r>
+      <w:r w:rsidR="00157020" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>$5,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46329FDB" w14:textId="4CA1FDC4" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Role: co-PI </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E315DB0" w14:textId="11D3F049" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+    <w:p w14:paraId="1F2B68B5" w14:textId="12AD9F98" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Collaborators: Bettina Cothran (co-PI), Jan </w:t>
+        <w:t xml:space="preserve">Collaborators: </w:t>
+      </w:r>
+      <w:r w:rsidR="00157020" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hyoun-A Joo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(PI), </w:t>
+      </w:r>
+      <w:r w:rsidR="00157020" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Annika </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E1260">
-[...3 lines deleted...]
-        <w:t>Uelzmann</w:t>
+      <w:r w:rsidR="00157020" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Orich</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E1260">
-[...20 lines deleted...]
-    <w:p w14:paraId="36E3EEC6" w14:textId="1316F911" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+      <w:r w:rsidR="00157020" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(co-PI), </w:t>
+      </w:r>
+      <w:r w:rsidR="00157020" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Volker Franke </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(co-PI)</w:t>
+      </w:r>
+      <w:r w:rsidR="00157020" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, Lina X (co-PI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5C9A8E" w14:textId="5D066972" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Period of Contract: 7/2018-7/2022</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="614BE07E" w14:textId="7B4FABB5" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+        <w:t xml:space="preserve">Period of Contract: </w:t>
+      </w:r>
+      <w:r w:rsidR="00157020" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>1/2021-4/2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA21944" w14:textId="4038A370" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Candidate’s Share: ~0% ($0)</w:t>
+        <w:t>Candidate’s Share: ~</w:t>
+      </w:r>
+      <w:r w:rsidR="00157020" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>% ($</w:t>
+      </w:r>
+      <w:r w:rsidR="00157020" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00403644" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00A76838" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A76838" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, exclusively for undergraduate and graduate students in German program, </w:t>
       </w:r>
       <w:r w:rsidR="00403644" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>worked on grant preparation, proposal, budget, and grant report.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1282E1F9" w14:textId="4223B804" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+    <w:p w14:paraId="2E36274A" w14:textId="3157DB40" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="00257D20">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60357E40" w14:textId="7781032F" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+    <w:p w14:paraId="03ED428B" w14:textId="7C3E1B1D" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Title of Project: German-language Education at Morehouse College</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00403644" w:rsidRPr="005E1260">
+        <w:t>Title of Project: The Halle Foundation</w:t>
+      </w:r>
+      <w:r w:rsidR="00122FBC" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and Atlanta Technical College</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7F39592E" w14:textId="0EA7EF96" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+        <w:t xml:space="preserve"> Support for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00122FBC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Master’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00122FBC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> degree, GRAs, and LBAT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="401E704A" w14:textId="50ECB81F" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Agency/Company: </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="561F242F" w14:textId="084E49B4" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+        <w:t>Agency/Company: The Halle Foundation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AC69DA6" w14:textId="7E91669E" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Total Dollar Amount: $17,500</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="03BBFD43" w14:textId="77777777" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+        <w:t>Total Dollar Amount: $150,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609AD02E" w14:textId="77777777" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Role: co-PI </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DEFB32D" w14:textId="57931697" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+    <w:p w14:paraId="2E315DB0" w14:textId="11D3F049" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Collaborators: Sabine Smith (co-PI) </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4FB9BC42" w14:textId="23EF5E1E" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+        <w:t>Collaborators: Bettina Cothran (co-PI), Jan Uelzmann (co-PI), Jenny Strakovsky (co-PI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36E3EEC6" w14:textId="1316F911" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Period of Contract: 7/201</w:t>
-[...32 lines deleted...]
-    <w:p w14:paraId="237813EF" w14:textId="05984998" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+        <w:t>Period of Contract: 7/2018-7/2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614BE07E" w14:textId="7B4FABB5" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Candidate’s Share: ~0% ($0)</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00403644" w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>, exclusively for German instructor; worked on grant preparation, proposal, budget, and grant report.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00A76838" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A76838" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, exclusively for undergraduate and graduate students in German program, </w:t>
+      </w:r>
+      <w:r w:rsidR="00403644" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>worked on grant preparation, proposal, budget, and grant report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1282E1F9" w14:textId="4223B804" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+      <w:pPr>
+        <w:pStyle w:val="BlockText"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60357E40" w14:textId="7781032F" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="12"/>
-          <w:numId w:val="0"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Title of Project: German-language Education at Morehouse College</w:t>
+      </w:r>
+      <w:r w:rsidR="00403644" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Atlanta Technical College</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F39592E" w14:textId="0EA7EF96" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="139A3D79" w14:textId="4DAD232E" w:rsidR="00403644" w:rsidRPr="005E1260" w:rsidRDefault="00403644" w:rsidP="00257D20">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Agency/Company: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>German-American</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cultural Foundation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="561F242F" w14:textId="084E49B4" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Agency/Company: German Federal Government</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1F35015B" w14:textId="7719FF4C" w:rsidR="00403644" w:rsidRPr="005E1260" w:rsidRDefault="00403644" w:rsidP="00257D20">
+        <w:t>Total Dollar Amount: $17,500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03BBFD43" w14:textId="77777777" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Total Dollar Amount: $19,500</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4F81D4F4" w14:textId="77777777" w:rsidR="00403644" w:rsidRPr="005E1260" w:rsidRDefault="00403644" w:rsidP="00257D20">
+        <w:t xml:space="preserve">Role: co-PI </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DEFB32D" w14:textId="57931697" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Role: co-PI </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="42D366C3" w14:textId="70D2B665" w:rsidR="00403644" w:rsidRPr="005E1260" w:rsidRDefault="00403644" w:rsidP="00257D20">
+        <w:t xml:space="preserve">Collaborators: Sabine Smith (co-PI) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB9BC42" w14:textId="23EF5E1E" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Collaborators: Sabine Smith (co-PI)</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Period of Contract: 7/201</w:t>
+      </w:r>
+      <w:r w:rsidR="005606B0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="005606B0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>/20</w:t>
+      </w:r>
+      <w:r w:rsidR="005606B0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="237813EF" w14:textId="05984998" w:rsidR="00157020" w:rsidRPr="005E1260" w:rsidRDefault="00157020" w:rsidP="00257D20">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Period of Contract: 5/2013-12/2013</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1A2F6BAD" w14:textId="776E346F" w:rsidR="00403644" w:rsidRPr="005E1260" w:rsidRDefault="00403644" w:rsidP="00257D20">
+        <w:t>Candidate’s Share: ~0% ($0)</w:t>
+      </w:r>
+      <w:r w:rsidR="00403644" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, exclusively for German instructor; worked on grant preparation, proposal, budget, and grant report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32AF7C3B" w14:textId="113D9F87" w:rsidR="00403644" w:rsidRPr="005E1260" w:rsidRDefault="00403644" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E1260">
-[...262 lines deleted...]
-    <w:p w14:paraId="2696DACA" w14:textId="48F28087" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
+    </w:p>
+    <w:p w14:paraId="0612A03F" w14:textId="7B03493E" w:rsidR="00403644" w:rsidRPr="005E1260" w:rsidRDefault="00403644" w:rsidP="00257D20">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Title of Project: DILAC grant</w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t xml:space="preserve">Title of Project: German-language Education at Morehouse College/Metro German </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="139A3D79" w14:textId="4DAD232E" w:rsidR="00403644" w:rsidRPr="005E1260" w:rsidRDefault="00403644" w:rsidP="00257D20">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="791FC9B1" w14:textId="5D5E8D9F" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Agency/Company: German Federal Government</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F35015B" w14:textId="7719FF4C" w:rsidR="00403644" w:rsidRPr="005E1260" w:rsidRDefault="00403644" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="53898489" w14:textId="77777777" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
+        <w:t>Total Dollar Amount: $19,500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F81D4F4" w14:textId="77777777" w:rsidR="00403644" w:rsidRPr="005E1260" w:rsidRDefault="00403644" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Role: co-PI </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DAE51B6" w14:textId="3558D3AD" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
+    <w:p w14:paraId="42D366C3" w14:textId="70D2B665" w:rsidR="00403644" w:rsidRPr="005E1260" w:rsidRDefault="00403644" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Collaborators: </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="03819A13" w14:textId="5DB84561" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
+        <w:t>Collaborators: Sabine Smith (co-PI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431A23AD" w14:textId="3633D759" w:rsidR="00403644" w:rsidRPr="005E1260" w:rsidRDefault="00403644" w:rsidP="00257D20">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Period of Contract: 1/2022-7/2022</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7A68BCB5" w14:textId="4503BE76" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
+        <w:t>Period of Contract: 5/2013-12/2013</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A2F6BAD" w14:textId="776E346F" w:rsidR="00403644" w:rsidRPr="005E1260" w:rsidRDefault="00403644" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>Candidate’s Share: ~0% ($0), exclusively for undergraduate and graduate students in German program</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Candidate’s Share: ~0% ($0), exclusively for German instructor; worked on grant preparation, proposal, budget, and grant report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E9DA7CE" w14:textId="77777777" w:rsidR="009B4B43" w:rsidRPr="005E1260" w:rsidRDefault="009B4B43" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11E02394" w14:textId="75E7CC38" w:rsidR="009304F6" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="009D74BD" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB50F4" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2C3F" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Senior Personnel or Contributor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E3094B0" w14:textId="3530E38F" w:rsidR="00705EE3" w:rsidRPr="006B0CEE" w:rsidRDefault="006B0CEE" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B41586" w14:textId="58926C50" w:rsidR="00A76838" w:rsidRPr="005E1260" w:rsidRDefault="00151B76" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB50F4" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pending Proposals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D6E6A6F" w14:textId="20431D33" w:rsidR="005B5F13" w:rsidRDefault="006B0CEE" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C3EE7D" w14:textId="77777777" w:rsidR="006B0CEE" w:rsidRPr="006B0CEE" w:rsidRDefault="006B0CEE" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E43FA7A" w14:textId="17AD3F6B" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="004B462C" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00151B76" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3682A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB50F4" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73698" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proposals Submitted </w:t>
+      </w:r>
+      <w:r w:rsidR="0093095D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>but</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73698" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Not Funded</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2696DACA" w14:textId="48F28087" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="12"/>
-          <w:numId w:val="0"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
-        <w:rPr>
-[...161 lines deleted...]
-        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Title of Project: DILAC grant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6449AA86" w14:textId="161E1D57" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
-        <w:rPr>
-[...15 lines deleted...]
-        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agency/Company: DILAC/IAC</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="791FC9B1" w14:textId="5D5E8D9F" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E1260">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>AP Reader for German AP Exams, College Board, Summer 2021</w:t>
-[...19 lines deleted...]
-        </w:numPr>
+        <w:t>Total Dollar Amount: $15,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53898489" w14:textId="77777777" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...2387 lines deleted...]
-        </w:numPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Role: co-PI </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DAE51B6" w14:textId="3558D3AD" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1359 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Collaborators: Hyoun-A Joo (co-PI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03819A13" w14:textId="5DB84561" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...589 lines deleted...]
-    <w:p w14:paraId="77BD6597" w14:textId="77777777" w:rsidR="00450F9A" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="00257D20">
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Period of Contract: 1/2022-7/2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A68BCB5" w14:textId="4503BE76" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:smallCaps/>
-[...3684 lines deleted...]
-    <w:p w14:paraId="2F78EAAA" w14:textId="77777777" w:rsidR="007178DA" w:rsidRDefault="007178DA" w:rsidP="00257D20">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Candidate’s Share: ~0% ($0), exclusively for undergraduate and graduate students in German program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41BC9E7C" w14:textId="77777777" w:rsidR="00450F9A" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2333CAFA" w14:textId="77777777" w:rsidR="00056EDA" w:rsidRDefault="00056EDA" w:rsidP="00257D20">
+    <w:p w14:paraId="77984F76" w14:textId="5FF60830" w:rsidR="00053B7D" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc94089603"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc124688715"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>F.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB21E5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Other Scholarly </w:t>
+      </w:r>
+      <w:r w:rsidR="00160DC2" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and Creative </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Accomplishments</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091E5B70" w14:textId="77777777" w:rsidR="00C11808" w:rsidRPr="005E1260" w:rsidRDefault="00C11808" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>No data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ACC2AC1" w14:textId="462D3D59" w:rsidR="00D04E2A" w:rsidRPr="005E1260" w:rsidRDefault="00053B7D" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc94089604"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc124688716"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G. </w:t>
+      </w:r>
+      <w:r w:rsidR="00433D0D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Societal a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>nd Policy Impacts</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="6CA68923" w14:textId="6132E7D8" w:rsidR="00C11808" w:rsidRPr="005E1260" w:rsidRDefault="00C11808" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>No data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C74FE4" w14:textId="77777777" w:rsidR="006B0CEE" w:rsidRDefault="006B0CEE" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Toc94089605"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc124688717"/>
+    </w:p>
+    <w:p w14:paraId="370B6169" w14:textId="7CA4F17A" w:rsidR="00DF0C63" w:rsidRPr="005E1260" w:rsidRDefault="00DF0C63" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>H.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB21E5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Other Professional Activities</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="6B904CB1" w14:textId="53212BB2" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="049B4550" w14:textId="16D58D59" w:rsidR="00056EDA" w:rsidRPr="00056EDA" w:rsidRDefault="00056EDA" w:rsidP="00257D20">
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Visiting Professor, Emory University, Spring 2018. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9626ED" w14:textId="39EFA32D" w:rsidR="00122FBC" w:rsidRPr="005E1260" w:rsidRDefault="00122FBC" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...12 lines deleted...]
-    <w:p w14:paraId="1E482802" w14:textId="455CDBEA" w:rsidR="00056EDA" w:rsidRDefault="00056EDA" w:rsidP="00257D20">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>AP Reader for German AP Exams, College Board, Summer 2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00705EE3" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, Summer 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ED1CFA5" w14:textId="77777777" w:rsidR="00450F9A" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...12 lines deleted...]
-    <w:p w14:paraId="5FBE9F10" w14:textId="0E62D805" w:rsidR="00AE7F95" w:rsidRPr="00065557" w:rsidRDefault="00AE7F95" w:rsidP="00257D20">
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="013B9D1A" w14:textId="3953BDBB" w:rsidR="00A1324E" w:rsidRPr="005E1260" w:rsidRDefault="00313085" w:rsidP="00A1324E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Toc94089606"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc124688718"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006C78D8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Education</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w14:paraId="5CA2743E" w14:textId="77777777" w:rsidR="00705EE3" w:rsidRPr="005E1260" w:rsidRDefault="00705EE3" w:rsidP="00705EE3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71250C6B" w14:textId="32B25E6C" w:rsidR="00B21C15" w:rsidRPr="005E1260" w:rsidRDefault="00313085" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc94089607"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc124688719"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>A.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0CEE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Courses Taught</w:t>
+      </w:r>
+      <w:r w:rsidR="00122FBC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (last </w:t>
+      </w:r>
+      <w:r w:rsidR="004856B2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>five</w:t>
+      </w:r>
+      <w:r w:rsidR="00122FBC" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> years only)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="085981E1" w14:textId="77777777" w:rsidR="006B0CEE" w:rsidRDefault="006B0CEE" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5076C7C8" w14:textId="5ED0BF91" w:rsidR="00B21C15" w:rsidRPr="00940605" w:rsidRDefault="00B21C15" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0CEE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>. Courses Taught</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DB2822" w14:textId="1A3BCBA6" w:rsidR="00B21C15" w:rsidRPr="000932A3" w:rsidRDefault="00B21C15" w:rsidP="00257D20">
+      <w:pPr>
+        <w:pStyle w:val="Heading6"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2340"/>
+          <w:tab w:val="left" w:pos="4680"/>
+          <w:tab w:val="left" w:pos="7200"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000932A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Semester</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000932A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Course</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000932A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Course Title</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000932A3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t># of Students</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="485F3295" w14:textId="4994EB92" w:rsidR="005C1650" w:rsidRDefault="005C1650" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Spring 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GRMN </w:t>
+      </w:r>
+      <w:r w:rsidR="001C60F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4024/8803</w:t>
+      </w:r>
+      <w:r w:rsidR="001C60F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>German Film and Literature</w:t>
+      </w:r>
+      <w:r w:rsidR="001C60F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="001C60F1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75BC6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675715FA" w14:textId="0815D37E" w:rsidR="005D05A6" w:rsidRDefault="005D05A6" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fall 2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 3030</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Crossing Borders</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>14</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4E921E" w14:textId="68783A07" w:rsidR="005D05A6" w:rsidRDefault="005D05A6" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Summer 2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 4693</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Heimat and Technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E77CA17" w14:textId="38FAD873" w:rsidR="005D05A6" w:rsidRDefault="005D05A6" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Summer 2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 4691</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Berlin: The Capital</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="234321C5" w14:textId="3A5805E8" w:rsidR="002A1310" w:rsidRDefault="002A1310" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Spring 2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 469</w:t>
+      </w:r>
+      <w:r w:rsidR="0058712F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0058712F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Domestic Internship</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D863406" w14:textId="11FFF412" w:rsidR="00053FA2" w:rsidRDefault="00053FA2" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Spring 2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 4500/6500</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Intercultural Seminar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8/1Grad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0FE5A1" w14:textId="7D80B3FF" w:rsidR="00DE2793" w:rsidRDefault="00DE2793" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Fall 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 3055</w:t>
+      </w:r>
+      <w:r w:rsidR="004856B2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/6510</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Fairy Tales: Grimm</w:t>
+      </w:r>
+      <w:r w:rsidR="00972CC6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Disney</w:t>
+      </w:r>
+      <w:r w:rsidR="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00972CC6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008F0D26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00346464">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/1Grad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BE8508" w14:textId="73730E0F" w:rsidR="00DE2793" w:rsidRPr="00B27BD3" w:rsidRDefault="00DE2793" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Summer 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6BA1" w:rsidRPr="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DE6BA1" w:rsidRPr="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GRMN </w:t>
+      </w:r>
+      <w:r w:rsidR="000B07ED" w:rsidRPr="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4693</w:t>
+      </w:r>
+      <w:r w:rsidR="000B07ED" w:rsidRPr="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000B07ED" w:rsidRPr="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Heimat and Technology</w:t>
+      </w:r>
+      <w:r w:rsidR="000B07ED" w:rsidRPr="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="000B07ED" w:rsidRPr="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00720673" w:rsidRPr="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F1F4A30" w14:textId="5AA7276E" w:rsidR="00DE6BA1" w:rsidRPr="00EC5631" w:rsidRDefault="00EC5631" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Summer 2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DE6BA1" w:rsidRPr="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DE6BA1" w:rsidRPr="00EC5631">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>GRMN 6998</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6BA1" w:rsidRPr="00EC5631">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DE6BA1" w:rsidRPr="00EC5631">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Master’s Project</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6BA1" w:rsidRPr="00EC5631">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DE6BA1" w:rsidRPr="00EC5631">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DE6BA1" w:rsidRPr="00EC5631">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD91349" w14:textId="7E7CBE80" w:rsidR="005A7592" w:rsidRDefault="00EC5631" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Summer 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="005A7592">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A7592">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00505829">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>511</w:t>
+      </w:r>
+      <w:r w:rsidR="00505829">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00505829">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Language Practicum Abroad</w:t>
+      </w:r>
+      <w:r w:rsidR="00505829">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00505829">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09909119" w14:textId="68BB19ED" w:rsidR="00505829" w:rsidRDefault="00EC5631" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B27BD3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Summer 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00505829">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00505829">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GRMN </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4CD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4695</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4CD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DB4CD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>German Internship</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4CD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DB4CD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DB4CD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AED1261" w14:textId="58011DE0" w:rsidR="00DE2793" w:rsidRDefault="00DE2793" w:rsidP="00D04E2A">
+      <w:r w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Spring 2023</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DC0F4A" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>GRMN 4813</w:t>
+      </w:r>
+      <w:r w:rsidR="00972CC6" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>/8803</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DC0F4A" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Sustainab</w:t>
+      </w:r>
+      <w:r w:rsidR="00972CC6" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>le Dev</w:t>
+      </w:r>
+      <w:r w:rsidR="009E63CC" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00972CC6" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0F4A" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>in Germany</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009E63CC" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="154A36F4" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>/2</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6C5F54" w14:textId="6180838A" w:rsidR="00DC0F4A" w:rsidRDefault="00EC5631" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Spring 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0F4A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DC0F4A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 4699</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0F4A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DC0F4A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Undergraduate Research</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0F4A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DC0F4A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC0C089" w14:textId="1F2CE3EC" w:rsidR="00DB4CD7" w:rsidRDefault="00EC5631" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Spring 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4CD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DB4CD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 4695</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4CD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DB4CD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>German Internship</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4CD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DB4CD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DB4CD7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B529400" w14:textId="0DF9F8CC" w:rsidR="00EA4145" w:rsidRPr="005E1260" w:rsidRDefault="00EA4145" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fall 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00362725" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>GRMN 6998</w:t>
+      </w:r>
+      <w:r w:rsidR="00362725" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00362725" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Master’s Project</w:t>
+      </w:r>
+      <w:r w:rsidR="00362725" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00362725" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00362725" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65607B02" w14:textId="3C675F62" w:rsidR="00362725" w:rsidRPr="005E1260" w:rsidRDefault="00362725" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Summer 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 669</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2CA0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EE2CA0" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">German </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Internship Abroad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F387C1B" w14:textId="7A4941DC" w:rsidR="00362725" w:rsidRPr="005E1260" w:rsidRDefault="00362725" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Summer 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GRMN 6998 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Master’s Project</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21945B3D" w14:textId="1D45F0ED" w:rsidR="000871EB" w:rsidRPr="005E1260" w:rsidRDefault="000871EB" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fall 2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ML 6252</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Domestic Internship</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41BC31D6" w14:textId="383698E5" w:rsidR="000871EB" w:rsidRPr="005E1260" w:rsidRDefault="000871EB" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fall 2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 8903</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Special Problems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED7DF3F" w14:textId="627657AB" w:rsidR="00544E8A" w:rsidRPr="005E1260" w:rsidRDefault="00544E8A" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fall 2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 4010</w:t>
+      </w:r>
+      <w:r w:rsidR="000871EB" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/6010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Perspectives German Media</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000871EB" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2/2Grad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0F8749" w14:textId="27720D45" w:rsidR="00544E8A" w:rsidRPr="005E1260" w:rsidRDefault="00544E8A" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fall 2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 4699</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04E2A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Research</w:t>
+      </w:r>
+      <w:r w:rsidR="000871EB" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>: German Artists</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4145" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E2BA30" w14:textId="0744B8C7" w:rsidR="00544E8A" w:rsidRPr="005E1260" w:rsidRDefault="00B21C15" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fall 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00544E8A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>GRMN 3055</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA4145" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>/651</w:t>
+      </w:r>
+      <w:r w:rsidR="00362725" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00544E8A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Fairy Tales</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36576">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>: Grimm/</w:t>
+      </w:r>
+      <w:r w:rsidR="00544E8A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Disney</w:t>
+      </w:r>
+      <w:r w:rsidR="00544E8A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00544E8A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="000871EB" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4/2Grad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644D3630" w14:textId="237F7C65" w:rsidR="00544E8A" w:rsidRPr="005E1260" w:rsidRDefault="00544E8A" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fall 2020 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">GRMN </w:t>
+      </w:r>
+      <w:r w:rsidR="00B21C15" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6510</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21C15" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B21C15" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lang Practicum</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21C15" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="748183DF" w14:textId="58107370" w:rsidR="00B21C15" w:rsidRPr="005E1260" w:rsidRDefault="00B21C15" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fall 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 2001</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Intermediate German I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00544E8A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27ACF2C8" w14:textId="3934B62E" w:rsidR="00B21C15" w:rsidRPr="005E1260" w:rsidRDefault="00B21C15" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Summer 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D04E2A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>GRMN 3030</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Crossing Borders in Lit/Cult</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>8</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30EAA45F" w14:textId="7DEF82A4" w:rsidR="00B21C15" w:rsidRPr="005E1260" w:rsidRDefault="00B21C15" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Summer 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D04E2A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>GRMN 4699</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Undergraduate Research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34B08F74" w14:textId="3E429C79" w:rsidR="00B21C15" w:rsidRPr="005E1260" w:rsidRDefault="00B21C15" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Spring 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D04E2A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>GRMN 4500</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Intercultural Seminar Capstone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B640CA" w14:textId="0245F0A9" w:rsidR="00B21C15" w:rsidRPr="005E1260" w:rsidRDefault="00B21C15" w:rsidP="00D04E2A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Spring 2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D04E2A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>GRMN 4026/8803</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>German Post-Wall Cinema</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00495F0F" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2/2Grad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E066B6" w14:textId="7E965F6C" w:rsidR="00B21C15" w:rsidRPr="005E1260" w:rsidRDefault="00B21C15" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fall 2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GRMN 4010/6010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Perspectives German Media</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00495F0F" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00495F0F" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6/2Grad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D15272" w14:textId="69D7A938" w:rsidR="00B21C15" w:rsidRPr="005E1260" w:rsidRDefault="00B21C15" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Summer 2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D04E2A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>GRMN 3696</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Current Issues: Sustainability </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>20</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A54C2B1" w14:textId="1183B445" w:rsidR="00B21C15" w:rsidRPr="005E1260" w:rsidRDefault="00B21C15" w:rsidP="26541DB1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Spring 2019</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>GRMN 4500/6500</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Capstone Course</w:t>
+      </w:r>
+      <w:r w:rsidR="00495F0F" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>: Intercultural Sem.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00495F0F" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>/2Grad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00BDF3FF" w14:textId="30144134" w:rsidR="00B21C15" w:rsidRPr="005E1260" w:rsidRDefault="00495F0F" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Spring 2019</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21C15" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D04E2A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B21C15" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>GRMN 2001</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21C15" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B21C15" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Intermediate German I</w:t>
+      </w:r>
+      <w:r w:rsidR="00B21C15" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00B21C15" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="374D7060" w14:textId="77777777" w:rsidR="00B21C15" w:rsidRPr="005E1260" w:rsidRDefault="00B21C15" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A355D46" w14:textId="3FECDC70" w:rsidR="00313085" w:rsidRPr="005E1260" w:rsidRDefault="00313085" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc94089608"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc124688720"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>B.</w:t>
+      </w:r>
+      <w:r w:rsidR="006B0CEE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Individual Student Guidance</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w14:paraId="47463355" w14:textId="77777777" w:rsidR="006635C7" w:rsidRPr="005E1260" w:rsidRDefault="006635C7" w:rsidP="00257D20">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="172586AB" w14:textId="09520D66" w:rsidR="006635C7" w:rsidRPr="005E1260" w:rsidRDefault="006635C7" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>B1. Ph.D. Students</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049AA72D" w14:textId="72498502" w:rsidR="006635C7" w:rsidRPr="005E1260" w:rsidRDefault="006635C7" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>No data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA544BB" w14:textId="77777777" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E4ED8D9" w14:textId="58CB2536" w:rsidR="001D5157" w:rsidRPr="00FB21E5" w:rsidRDefault="006635C7" w:rsidP="00FB21E5">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>B2. M.S. Students (</w:t>
+      </w:r>
+      <w:r w:rsidR="00382D2D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">rimary </w:t>
+      </w:r>
+      <w:r w:rsidR="00382D2D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>dvisor)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717578F9" w14:textId="467B12AE" w:rsidR="00864568" w:rsidRDefault="00864568" w:rsidP="0004297A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3B9C4387" w14:textId="77777777" w:rsidR="00E32383" w:rsidRDefault="00065557" w:rsidP="00257D20">
+        </w:rPr>
+        <w:t xml:space="preserve">2025-26 Azeez Hussain, MS-ALIS student, project title: “Modal Particles in German.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A2EF884" w14:textId="6BAAE6D4" w:rsidR="002A1310" w:rsidRDefault="002A1310" w:rsidP="0004297A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024-25 Sophia Stahl, MS-ALIS student, no project. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0EC0BE" w14:textId="5FE763EB" w:rsidR="005F5C2B" w:rsidRPr="005E1260" w:rsidRDefault="0004297A" w:rsidP="0004297A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2022-23</w:t>
+      </w:r>
+      <w:r w:rsidR="006677F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Francisco Stenger, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>MS-GMC student, project title: “</w:t>
+      </w:r>
+      <w:r w:rsidR="005F5C2B" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Soccer as a Social Connection: Germany, USA, Uruguay</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,”</w:t>
+      </w:r>
+      <w:r w:rsidR="005F5C2B" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> graduation </w:t>
+      </w:r>
+      <w:r w:rsidR="00E822E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>December</w:t>
+      </w:r>
+      <w:r w:rsidR="005F5C2B" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023</w:t>
+      </w:r>
+      <w:r w:rsidR="00E822E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E363713" w14:textId="380CB34A" w:rsidR="0004297A" w:rsidRPr="005E1260" w:rsidRDefault="005F5C2B" w:rsidP="005F5C2B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2022-23 David Hasford, MS-ALIS, project title: “LGBTQIA Communities in Germany and the US,” graduation December 2023.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E822E8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (student withdrew from program after one semester)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0004297A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143B4A1E" w14:textId="6C6CCA7A" w:rsidR="00BD4023" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="00BD4023">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0004297A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1-22</w:t>
+      </w:r>
+      <w:r w:rsidR="006677F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Nicole Butler, MS-GMC student,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4023" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">project title: “Challenge </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Camerounais</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Exploring Cameroonian Integration in Germany,” graduation </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1B21" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">December </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1B21" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4023" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Current position: </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4023" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="1C1C1C"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Program and Portfolio Manager, GT Institute Diversity, Equity and Inclusion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C2CB51B" w14:textId="3F36F0D5" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0004297A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1-2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006677F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Laurel Kostka, MS-GMC student, project title: “Corporate Social Responsibility and Environmentalism in German Companies,” graduation August 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1B21" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B744DA4" w14:textId="5EAD30C0" w:rsidR="00BD4023" w:rsidRPr="005E1260" w:rsidRDefault="00BD4023" w:rsidP="00BD4023">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2020-21</w:t>
+      </w:r>
+      <w:r w:rsidR="006677F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Stephanie Ford, MS-ALIS student, project title: “Ecofeminism and Intersectionality,” graduation December 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CEAD91C" w14:textId="2B606D58" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0004297A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>0-2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006677F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kelsie Anderson, MS-GMC student, project title: “Remembering the Unforgettable: Global Care and Culture in Senior Living,” graduation August 2021. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2897AF1C" w14:textId="62931777" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="0004297A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>0-2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="006677F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Patricia Graffunder, MS-GMC student, project title: “Gender Roles and Activists in 1970s and 1980s German Film,” graduation August 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1946D15B" w14:textId="711B3823" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="0004297A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>19-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="006677F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006635C7" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kestra James, MS-GMC student, project title: “The Development of Camaraderie and the Feeling of Community in Afro-German Culture</w:t>
+      </w:r>
+      <w:r w:rsidR="000871EB" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006635C7" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidR="000871EB" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>graduation December 2020.</w:t>
+      </w:r>
+      <w:r w:rsidR="006A51EB" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Current position: </w:t>
+      </w:r>
+      <w:r w:rsidR="006A51EB" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senior Analyst- Equity and Inclusion Programs, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="006A51EB" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>FedTech</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006A51EB" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B56BE99" w14:textId="38CF6DD7" w:rsidR="00BD4023" w:rsidRPr="005E1260" w:rsidRDefault="00BD4023" w:rsidP="00BD4023">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2019-2</w:t>
+      </w:r>
+      <w:r w:rsidR="006677F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cassidy Chreene Whittle, MS-GMC student, project title: “Visual Representations of Refugees in German Media 2010-2020,” advisement began August 2018, graduation August 2020. Current position: Communications Officer, GT Ivan Allen College.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE701BF" w14:textId="77777777" w:rsidR="0019716F" w:rsidRPr="005E1260" w:rsidRDefault="0019716F" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E5425E1" w14:textId="045F5AE5" w:rsidR="006635C7" w:rsidRDefault="006635C7" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>B3. Undergraduate Students (</w:t>
+      </w:r>
+      <w:r w:rsidR="00382D2D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">aculty </w:t>
+      </w:r>
+      <w:r w:rsidR="00382D2D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>dvisor)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B2772E" w14:textId="7B0DF3A7" w:rsidR="00B01EC0" w:rsidRPr="00B01EC0" w:rsidRDefault="00B01EC0" w:rsidP="00B01EC0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B01EC0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B01EC0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Lucas McCarty, German double major with Mechanical Engineering, 2021-2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EDAC4B1" w14:textId="0DF7D6BB" w:rsidR="003C16D1" w:rsidRDefault="003C16D1" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD75A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Kristina Hilko, German double major with Mechanical Engineering, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA02A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD75A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA02A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644C0B1F" w14:textId="0EC9C26C" w:rsidR="00705EE3" w:rsidRPr="005E1260" w:rsidRDefault="00705EE3" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD75A6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Hauke Dell, German double major with Mechanical Engineering, 2019-2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0146AA6C" w14:textId="3E086D0B" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003054C9" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Emma Axelson, German double major with Civil Engineering, 2018-2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F29F34B" w14:textId="77777777" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2017</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006635C7" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Will Thomas, IAML German major, CBYX Scholar, 2017-202</w:t>
+      </w:r>
+      <w:r w:rsidR="003054C9" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E538994" w14:textId="000D81D1" w:rsidR="006635C7" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006635C7" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Michael Sherman, German minor, graduate school, math and CS, 2017-2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A4A960" w14:textId="77777777" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="001D5157">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Sophie Archer, German minor, graduate school, UX developer, 2016-2018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D1C6C2" w14:textId="4296233B" w:rsidR="006635C7" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006635C7" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Anne Lashinsky, German minor, Fulbright Scholar in Germany, 2015-2018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC2F212" w14:textId="176D5F9E" w:rsidR="006635C7" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006635C7" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Christopher Dugan, German minor, graduate school TUM, Germany, 2016-2018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32BC6258" w14:textId="240906A9" w:rsidR="006635C7" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="00257D20">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006635C7" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Audrey Benson, German minor, Fulbright Scholar in Germany, 2016-2018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0569F30A" w14:textId="77777777" w:rsidR="0019716F" w:rsidRPr="005E1260" w:rsidRDefault="0019716F" w:rsidP="00257D20">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FE978F6" w14:textId="783ADE2A" w:rsidR="003054C9" w:rsidRPr="005E1260" w:rsidRDefault="00313085" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5489B" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Service on </w:t>
+      </w:r>
+      <w:r w:rsidR="0093095D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thesis or Dissertation Committees </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0121A37A" w14:textId="7E4117D9" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No data</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223CDA0B" w14:textId="77777777" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="001D5157">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60413F06" w14:textId="228C766D" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="0093095D" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B5. Mentorship of Postdoctoral Fellows or Visiting Scholars</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F3FF9C5" w14:textId="4B1DDD81" w:rsidR="00092088" w:rsidRPr="005E1260" w:rsidRDefault="003B2901" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No hiring of Global Languages, Cultures, and Technologies Fellows in German due to COVID-19 in 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27516921" w14:textId="4C7D6510" w:rsidR="003B2901" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Sandra McGury, Postdoctoral Global Languages, Cultures, and Technologies Fellow</w:t>
+      </w:r>
+      <w:r w:rsidR="002313D5" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (GLACT)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, Georgia Institute of Technology, 2019-2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71033C5A" w14:textId="23D41EBB" w:rsidR="006635C7" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="00092088">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006635C7" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Hyoun-A Joo, Postdoctoral G</w:t>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>lobal Languages, Cultures, and Technologies</w:t>
+      </w:r>
+      <w:r w:rsidR="006635C7" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fellow</w:t>
+      </w:r>
+      <w:r w:rsidR="002313D5" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (GLACT)</w:t>
+      </w:r>
+      <w:r w:rsidR="006635C7" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002313D5" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006635C7" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Georgia Institute of Technology, 2018-2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B3C248F" w14:textId="77777777" w:rsidR="00313085" w:rsidRPr="005E1260" w:rsidRDefault="00313085" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...12 lines deleted...]
-    <w:p w14:paraId="2BE63D91" w14:textId="3AD4A10B" w:rsidR="00AE7F95" w:rsidRDefault="00AE7F95" w:rsidP="00257D20">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26C7AB17" w14:textId="11DDD171" w:rsidR="003B2901" w:rsidRPr="005E1260" w:rsidRDefault="00313085" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc94089609"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc124688721"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>C.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB21E5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C78D8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Educational Innovations and Other </w:t>
+      </w:r>
+      <w:r w:rsidR="006C78D8" w:rsidRPr="003C16D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Contributions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidR="003C16D1" w:rsidRPr="003C16D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C16D1" w:rsidRPr="003C16D1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(last five years only)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13A74FBF" w14:textId="2310EE31" w:rsidR="008B5203" w:rsidRDefault="008B5203" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Developed course modules for GRMN 4691 Berlin: The Capital for the German LBAT 2024. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A25DEBC" w14:textId="78FC5C2F" w:rsidR="005357AF" w:rsidRDefault="005357AF" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Developed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Service Learning</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Collaboration for students in GRMN 4500/6500 with the German Saturday School, the German American Chamber of Commerce, and the Goethe Center in Atlanta. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18E064EE" w14:textId="6BB4D6F4" w:rsidR="00CD2D81" w:rsidRDefault="00CD2D81" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Invited Julie Ann Crommett</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35E38">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, founder and CEO of Collective Moxie,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to my class GRMN 3055 Fairy Tales to speak about inclusivity in </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35E38">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Disney </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>movies</w:t>
+      </w:r>
+      <w:r w:rsidR="00C62521">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="134810A2" w14:textId="3AACF92F" w:rsidR="00626AAA" w:rsidRPr="005E1260" w:rsidRDefault="00626AAA" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C44D01" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Developed g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>raduate portion of “Sustainable Development in Germany,” developed in spring 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223CDF80" w14:textId="1F15681E" w:rsidR="003B2901" w:rsidRPr="005E1260" w:rsidRDefault="00092088" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Developed graduate level assignments for four classes in the MS-GMC and MS-ALIS: 4010/6010 “Perspectives of German Media,” GRMN 6510 “Language Practicum,” GRMN 4026/6026 “German Post-Wall Cinema,” 6500 “Capstone Course/Intercultural Seminar.” 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC2B795" w14:textId="7E4AE561" w:rsidR="003B2901" w:rsidRPr="005E1260" w:rsidRDefault="00FB6CD7" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co-organized a lecture with Dr. Sandra Rebok, Alexander von Humboldt specialist, in my class GRMN 3055/6510 with the German Consulate General Atlanta, November 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B6B89A" w14:textId="5B0ACFD0" w:rsidR="003B2901" w:rsidRPr="005E1260" w:rsidRDefault="00FB6CD7" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co-organized an outreach event for an art/photography competition of K-18 students to submit art projects that portray climate change in co-operation with the Atlanta Global Studies Center and the German Consulate General Atlanta, October 2020.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF1D2D4" w14:textId="65159FCE" w:rsidR="003B2901" w:rsidRPr="005E1260" w:rsidRDefault="00FB6CD7" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Co-organized a class presentation with renowned German photographer Barbara Dombrowski to my class GRMN 3055/6510 with the German Consulate General Atlanta, October 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E91C63" w14:textId="7E5D029A" w:rsidR="003B2901" w:rsidRPr="005E1260" w:rsidRDefault="00FB6CD7" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Co-organized the German Immersion Program that was supposed to take place in Vienna, Austria. (</w:t>
+      </w:r>
+      <w:r w:rsidR="00382D2D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ancelled due to COVID-19</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2901" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in 2020, took place in 2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E443396" w14:textId="77777777" w:rsidR="003B2901" w:rsidRPr="005E1260" w:rsidRDefault="003B2901" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2019 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Invited two staff members from the German Consulate to talk to my students about their memories of the fall of the Berlin Wall as part of the 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anniversary, Fall 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EDCE82D" w14:textId="2B4F2B3E" w:rsidR="003B2901" w:rsidRPr="005E1260" w:rsidRDefault="00FB6CD7" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Invited CBYX alum to my class to present, Fall 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="567B8132" w14:textId="55E0E823" w:rsidR="003B2901" w:rsidRPr="005E1260" w:rsidRDefault="00FB6CD7" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Invited Angelika Kausche, State Representative of Georgia’s House District 50, City of Johns Creek, to the GRMN 4500 class, Spring 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF0DCC2" w14:textId="5FDD9774" w:rsidR="003B2901" w:rsidRPr="005E1260" w:rsidRDefault="00FB6CD7" w:rsidP="003B2901">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Invited Marlee Givens, Modern Languages librarian, to my class GRMN 4010/6010 to talk about research methods &amp; library, Spring 2019 and Fall 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A79C497" w14:textId="209A4AE6" w:rsidR="00313085" w:rsidRDefault="003B2901" w:rsidP="00903A0B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Took GRMN 4500 </w:t>
+      </w:r>
+      <w:r w:rsidR="002709DF" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Intercultural Seminar </w:t>
+      </w:r>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">students to see the German award-winning documentary “Millis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Erwachen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00626320" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/Milli’s Awakening” by Natasha Kelly at Midtown Art Cinema, Spring 2019.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B22F5F4" w14:textId="77777777" w:rsidR="0075299E" w:rsidRPr="005E1260" w:rsidRDefault="0075299E" w:rsidP="00903A0B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C77B73C" w14:textId="38233249" w:rsidR="00450F9A" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="00257D20">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="630"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc94089610"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc124688722"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="000E50CA" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10E61" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Service</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="77BD6597" w14:textId="77777777" w:rsidR="00450F9A" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65E76815" w14:textId="0F85D897" w:rsidR="00D56FF8" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc94089611"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc124688723"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Professional Contributions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w14:paraId="48C05EDB" w14:textId="77777777" w:rsidR="008C27B1" w:rsidRPr="005E1260" w:rsidRDefault="008C27B1" w:rsidP="0019716F">
+      <w:pPr>
+        <w:pStyle w:val="BlockText"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60B1E7F6" w14:textId="43DD0A2F" w:rsidR="001D5157" w:rsidRPr="00940605" w:rsidRDefault="006B0CEE" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="BlockText"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">A1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>International</w:t>
+      </w:r>
+      <w:r w:rsidR="00940605">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Contributions</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="005267D3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005267D3" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(last five years only)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="367C26BC" w14:textId="16049228" w:rsidR="005A37C6" w:rsidRPr="005A37C6" w:rsidRDefault="005A37C6" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A37C6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A37C6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Invited by Deutsche </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A37C6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Forschungsgesellschaft</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A37C6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DFG) to review 3-year grant proposal for Ph</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>D student and research on book project, workshops, seminars.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5173303C" w14:textId="66611C00" w:rsidR="005267D3" w:rsidRDefault="005267D3" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Invited by Elfriede Jelinek Research Center to participate in discussions about gender and violence in Jelinek’s works. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B46E2C" w14:textId="11DC74A2" w:rsidR="005559C3" w:rsidRPr="005E1260" w:rsidRDefault="005559C3" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Invited by Elfriede Jelinek Research Center to write commentary about discussion between three Elfriede Jelinek scholars, April 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5191BF89" w14:textId="7A7A0293" w:rsidR="005559C3" w:rsidRPr="005E1260" w:rsidRDefault="00381D61" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005559C3" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Meeting with Minister for Transatlantic Exchange and GT’S OIE staff, Atlanta, GA October 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C778105" w14:textId="632A7127" w:rsidR="005559C3" w:rsidRPr="005E1260" w:rsidRDefault="005559C3" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Invited to contribute new entry for revised </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00065557">
+        <w:t>Elfriede Jelinek Handbuch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Elfriede Jelinek Research Center, fall 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="621CDD61" w14:textId="4856BD99" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Invited as blind peer r</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eviewer for book manuscript before its publication in Spring 2019: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Komik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und Subversion – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Ideologiekritische</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Strategien</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, edited by Pia Janke and Christian Schenkermayr</w:t>
+      </w:r>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Elfriede-Jelinek-Research-Forum</w:t>
+      </w:r>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD829D8" w14:textId="0EC8CC6A" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2018</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rStyle w:val="a-size-large"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eviewed grant application for a habilitation project from the Austrian Science Fund (FWF, Fonds </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>zur</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Förderung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>wissenschenschaftlichen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Forschung) in September 2018</w:t>
+      </w:r>
+      <w:r w:rsidR="00142EA8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: “Travelling Gestures: Elfriede Jelinek’s Rewriting of Tragedies from a Transdisciplinary Perspective.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736B5F04" w14:textId="6284D752" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="00381D61" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Invited to Skype Dialog with international Jelinek scholars organized by the Elfriede</w:t>
+      </w:r>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Jelinek</w:t>
+      </w:r>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-Research-Center</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Vienna, Austria. February 14, 2018. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7943675E" w14:textId="77777777" w:rsidR="00705EE3" w:rsidRPr="005E1260" w:rsidRDefault="00705EE3" w:rsidP="00705EE3">
+      <w:pPr>
+        <w:pStyle w:val="BlockText"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37789E84" w14:textId="04B9E7D8" w:rsidR="005E1260" w:rsidRPr="005E1260" w:rsidRDefault="006B0CEE" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="BlockText"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">A2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>National</w:t>
+      </w:r>
+      <w:r w:rsidR="00940605">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Contributions</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00382D2D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(last five years only)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BCFA381" w14:textId="5327E997" w:rsidR="00D00C5D" w:rsidRDefault="00D00C5D" w:rsidP="005559C3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2021-2024 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D00C5D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Journal of Austrian Studies</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7C99EF04" w14:textId="0637F608" w:rsidR="00056EDA" w:rsidRDefault="00E32383" w:rsidP="00257D20">
+        <w:t>German Studies Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Book Review Editor (Literature and Culture), 3-year unpaid </w:t>
+      </w:r>
+      <w:r w:rsidR="00E92E27">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">service </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>position, August 2021-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>spring</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F78524" w14:textId="53FCFF01" w:rsidR="00114856" w:rsidRPr="005E1260" w:rsidRDefault="004F0340" w:rsidP="005559C3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00114856" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accepted Award “German Center of Excellence” for German Program in ML, awarded by the national AATG, November 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C9493E1" w14:textId="58910C7C" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="00114856" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004F0340" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited and participated in AP German Reader Program as Reader and Pre-Reader, Cincinnati, OH, June 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F051634" w14:textId="700575FD" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="004F0340" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Invited </w:t>
+      </w:r>
+      <w:r w:rsidR="008C27B1" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verena Kick </w:t>
+      </w:r>
+      <w:r w:rsidR="008C27B1" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from Georgetown U </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to present her research on “Weimar Photo Books” at the Delta Phi Alpha induction ceremony, April 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B9A81F" w14:textId="5ACCEE61" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="00A508FA" w:rsidP="00705EE3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Invited by </w:t>
+      </w:r>
+      <w:r w:rsidR="008C27B1" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">staff of the journal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>German Quarterly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to present “How to Write a Book Review,” virtual, January 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E1C208" w14:textId="777FE29D" w:rsidR="004D71DF" w:rsidRDefault="003054C9" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2021 </w:t>
+      </w:r>
+      <w:r w:rsidR="001D5157" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004D71DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reviewed tenure file for </w:t>
+      </w:r>
+      <w:r w:rsidR="00763C22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">colleague at University of Minnesota-Duluth. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30BA5070" w14:textId="1DDD58D1" w:rsidR="001D5157" w:rsidRPr="005E1260" w:rsidRDefault="004D71DF" w:rsidP="001D5157">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C95C5A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participated in </w:t>
+      </w:r>
+      <w:r w:rsidR="008C27B1" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00C95C5A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Faculty Success Program</w:t>
+      </w:r>
+      <w:r w:rsidR="008C27B1" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00C95C5A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the NCFDD, May-August 2021.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26F89568" w14:textId="5B5249FC" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="001D5157" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C95C5A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participated as invited Reader to AP German Reader program coordinated by the College Board, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1F29" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(virtual) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C95C5A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">June 2021. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E34E5D" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C95C5A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Participate</w:t>
+      </w:r>
+      <w:r w:rsidR="007140A4" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00C95C5A" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in German Professional Learning Community organized by the Department of Education, Georgia, three events in fall 2021. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F96C1C8" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00D56FF8" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidR="00F958BF" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>submit an application</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to pool of candidates who serve on the Advanced Placement German Language and Culture Development Committee for 2021, December 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AF11FA" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reviewer for article on Marlene </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Streeruwitz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Seminar: A Journal of Germanic Studies</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, December 2020.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5794B092" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Invited to participate in AP World Language German online symposium, September 3 and September 12, 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="787851D1" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Attended Association for the Advancement of Sustainability </w:t>
+      </w:r>
+      <w:r w:rsidR="00A6182E" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in Higher Education, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Global Conference on Sustainability in Higher Education, October 2020. (Online due to COVID-19).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FAC541B" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Attended Georgia German Teacher Virtual Conference, October 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7DBC7F" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Attended American Association of Teachers of German Fall Workshop at University of Georgia, Athens, GA, October 2020.</w:t>
+      </w:r>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Online due to COVID-19).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="403D3A09" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited by Swiss Consulate to contribute </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> designing student competition in honor of Friedrich Dürrenmatt’s 100</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> birthday celebration, contributed ideas and created a short video to the social media campaign of the Swiss Consulate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253C399F" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MAPS Modern Language Association Leadership Institute, June 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B1020B" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited colleague Dr. David Coury, U of Wisconsin-Green Bay, for a lecture on “The Return of the Ethnostate: The Alternative for Germany and the Populist Tide” to Georgia Tech, March 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E1C9118" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Initiated six new undergraduate students into the German Collegiate Honor Society Delta Phi Alpha, April 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F70D044" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Regional Center of Excellence engagement, RCE Higher Education Learning Committee/Sustainable Development Goals fellows project, 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31EDC9BC" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="26541DB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organized </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65541" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">speaker </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>even</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65541" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with German journalists (cancelled due to COVID-19),</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65541" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> April 2020.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04F263EF" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="00F958BF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited to German Network meeting organized by German Consulate General Atlanta, June 2020 and September 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6824133C" w14:textId="77777777" w:rsidR="00F958BF" w:rsidRPr="005E1260" w:rsidRDefault="00F958BF" w:rsidP="26541DB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chair of Search Committee for international tenure-track position </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65541" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>in German</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with successful hire, January 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65541" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>0.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A57EF9D" w14:textId="77777777" w:rsidR="001A02FC" w:rsidRDefault="001A02FC" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59853A57" w14:textId="430D0C97" w:rsidR="005E1260" w:rsidRPr="00940605" w:rsidRDefault="00940605" w:rsidP="006B0CEE">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Public and Community Service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71BEFF68" w14:textId="19A7D5FF" w:rsidR="003A5AC1" w:rsidRDefault="003A5AC1" w:rsidP="00BE04B5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">State German Convention, Camp Jackson, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>worked as judge for German language</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, January </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1DCD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DFC59BD" w14:textId="50DB4872" w:rsidR="003A5AC1" w:rsidRDefault="003A5AC1" w:rsidP="00BE04B5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Sprachbad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Meeting of German HS teachers and college professors for professional development. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8F6C55" w14:textId="7876699F" w:rsidR="00BE04B5" w:rsidRDefault="00BE04B5" w:rsidP="00BE04B5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">State German Convention, Camp Jackson, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">worked as judge for German language competitions, took student volunteers, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C972BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>January 20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C972BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A4DC1B9" w14:textId="4228353E" w:rsidR="004A0434" w:rsidRDefault="004A0434" w:rsidP="00657F30">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">State German Convention, Camp Jackson, </w:t>
+      </w:r>
+      <w:r w:rsidR="00657F30" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">worked as judge for German language competitions, took student volunteers, </w:t>
+      </w:r>
+      <w:r w:rsidR="00522F66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February </w:t>
+      </w:r>
+      <w:r w:rsidR="00A07C2A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="00657F30" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00522F66">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00657F30" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D02325" w14:textId="6F4BD9E6" w:rsidR="00FD6381" w:rsidRDefault="00743071" w:rsidP="00657F30">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00FD6381">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Netzwerk</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FD6381">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Treffen, German Consulate, Goethe Center, </w:t>
+      </w:r>
+      <w:r w:rsidR="000507D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">February 16, 2023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02224E8F" w14:textId="2A6BD24B" w:rsidR="001D79BE" w:rsidRPr="00743071" w:rsidRDefault="001D79BE" w:rsidP="001D79BE">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Halle Estate Dinner, RWTH Aachen Alumni Event, organized current PhD ME student who studied in Aachen before the pandemic to report on her time abroad and her German skills. I delivered a presentation about the German Program to the alumni audience. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464D5B58" w14:textId="69F8C4B2" w:rsidR="001D79BE" w:rsidRDefault="001D79BE" w:rsidP="001D79BE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AATG-GA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Sprachbad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> event</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1E95">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> participant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316E8C7D" w14:textId="092C0F25" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="004F0340" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">State German Convention, Kennesaw State University, worked as judge for German language competitions, took student volunteers, March 31, 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5825AD66" w14:textId="1D27F4A4" w:rsidR="00BA49A4" w:rsidRPr="005E1260" w:rsidRDefault="00BA49A4" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Invited </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1B21" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by colleague from Agnes Scott College </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>to meeting with author Andrea Wulff at the Halle Estate in Atlanta, GA, September 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="055CE6DE" w14:textId="47EEECFD" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="00EC1E95" w:rsidP="00705EE3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A508FA" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Invited to “Discussion about Transatlantic Exchanges” by German Consulate General, Atlanta, March 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A74FBDC" w14:textId="7910676E" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A1324E" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Invited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5237" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a meeting </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1324E" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with other German high school teacher and college instructors in Georgia, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5237" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Funding for Georgia High School Initiative for German” </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1324E" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">organized </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB5237" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by The Halle Foundation, October 2021.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CA4051" w14:textId="0405BB66" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited director Elke Lehrenkrauss with Dr. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Orich</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for a screening and discussion of her 2020 film “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Lovemobile</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” to campus (online) and collaborated with Goethe-Center Atlanta on a screening for the public (online) February 2021. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7098D696" w14:textId="5656DE9C" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00382D2D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regional Center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of Expertise membership and </w:t>
+      </w:r>
+      <w:r w:rsidR="00382D2D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>engagement, RCE Higher Education Learning Committee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (HELC)</w:t>
+      </w:r>
+      <w:r w:rsidR="00382D2D" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D8CED6" w14:textId="5316B5E5" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A1324E" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>School of Modern Languages Executive Leadership Committee, since August 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD8016D" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="00D56FF8" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidR="002709DF" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Outreach to Roswell High School (in collaboration with German teacher Angelika Otte), with graduate student Kestra James and undergraduate student, January 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6B2A65" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Metro German meeting, spring 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C830E13" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Earth Day Celebration participant with German Consulate General Atlanta, April 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D08C65E" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Participated in art/photography contest held by Atlanta Global Studies Center; two of my GRMN 3055 and GRMN 2001 students won first and third place, October 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF13F91" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="00D56FF8" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidR="002709DF" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participated in the UN RCE Workshop as part of the AGSC Conference, organized for the Hamburg RCE to Skype </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>in to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the conference, April 2019. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316BD03B" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Presented at the teacher/educator session of the Global Studies Symposiums with Jan Uelzmann and Annika </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Orich</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="24BEA2A7" w14:textId="77777777" w:rsidR="00BE71A9" w:rsidRPr="005E1260" w:rsidRDefault="00BE71A9" w:rsidP="00257D20">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03789815" w14:textId="2C8D75BE" w:rsidR="00A26208" w:rsidRPr="00743071" w:rsidRDefault="00940605" w:rsidP="0044426E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C. I</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nstitute Contributions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C5C521D" w14:textId="163E5903" w:rsidR="00976680" w:rsidRDefault="00CC3F68" w:rsidP="00976680">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75BC6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-2025 </w:t>
+      </w:r>
+      <w:r w:rsidR="00976680">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Mentor of pre-tenure colleague, Dr. Hyoun-A Joo</w:t>
+      </w:r>
+      <w:r w:rsidR="00357F5F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314FEADE" w14:textId="2903AF85" w:rsidR="00BE4A33" w:rsidRPr="00743071" w:rsidRDefault="00BE4A33" w:rsidP="00976680">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Contributor to ML 2500 with new teaching module on Barbara Dombrowski’s works. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E0F658" w14:textId="2C108CC1" w:rsidR="00A34F2C" w:rsidRPr="00743071" w:rsidRDefault="00976680" w:rsidP="00976680">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC3F68" w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>ML APR Committee, Visioning Committee, Faculty Executive Committee</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C1BAA98" w14:textId="4A09E5F2" w:rsidR="00CC3F68" w:rsidRPr="00743071" w:rsidRDefault="002E0838" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Traveled with OIE staff and ME faculty to Germany during spring break to rekindle the partnerships with German universities. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0681C0AF" w14:textId="0051E6D4" w:rsidR="00921DE5" w:rsidRPr="00743071" w:rsidRDefault="00921DE5" w:rsidP="001D79BE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Member of Writing Scholars cohort, fall 2022-spring 2023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27AABE67" w14:textId="7590DC97" w:rsidR="00125983" w:rsidRPr="00743071" w:rsidRDefault="00125983" w:rsidP="002839BC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>GMF German-language contribution of Barbara Dombrowski’s short films with Q&amp;A with director</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E51E6EA" w14:textId="601A8C9A" w:rsidR="002839BC" w:rsidRPr="00743071" w:rsidRDefault="002839BC" w:rsidP="002839BC">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AGSC FLAS Scholarship Application Selection Committee Member, reviewed applications </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC905E7" w14:textId="77777777" w:rsidR="001D22BB" w:rsidRPr="00743071" w:rsidRDefault="001D22BB" w:rsidP="001D22BB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Faculty Advisory Committee, ex-officio member</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F86778" w14:textId="3F93C0D4" w:rsidR="002839BC" w:rsidRPr="00743071" w:rsidRDefault="00364683" w:rsidP="00743071">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participated in JA Crommett’s seminar on inclusivity in </w:t>
+      </w:r>
+      <w:r w:rsidR="003845A5" w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>moviemaking.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6424A344" w14:textId="02610050" w:rsidR="00BA49A4" w:rsidRPr="005E1260" w:rsidRDefault="004F0340" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BA49A4" w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Invited </w:t>
+      </w:r>
+      <w:r w:rsidR="00436723" w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>by Caroline Cully Garbers, OIE’s Associate Director of Education Abroad,</w:t>
+      </w:r>
+      <w:r w:rsidR="00210F0D" w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA49A4" w:rsidRPr="00743071">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>to travel</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA49A4" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to Germany to re-establish study abroad programs at the TU Munich, U of Stuttgart and TU Berlin in March 2023. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75E404D3" w14:textId="792060D3" w:rsidR="00BA49A4" w:rsidRPr="005E1260" w:rsidRDefault="00BA49A4" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Attended meetings with Caroline Cully Garbers, OIE’s Associate Director of Education Abroad, to discuss collaborations with German companies for future internship opportunities for GT students, December 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B7C038D" w14:textId="479A0F1C" w:rsidR="00BA49A4" w:rsidRPr="005E1260" w:rsidRDefault="00BA49A4" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Co-director of German LBAT 2023 program, proposal submission, Education Abroad Fair, program information session, fall 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="534031B5" w14:textId="485C8153" w:rsidR="00BA49A4" w:rsidRPr="005E1260" w:rsidRDefault="00BA49A4" w:rsidP="00921DE5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Attended MS-GMC retreat, organized by LMC and ML, fall 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D17683" w14:textId="60BFD846" w:rsidR="00BA49A4" w:rsidRPr="005E1260" w:rsidRDefault="00BA49A4" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Visited and met with staff at the Goethe-Center in the Franco-German Cultural Center in downtown Atlanta to discuss future collaborations, fall 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40D22EF0" w14:textId="7FBC7FCA" w:rsidR="00BA49A4" w:rsidRPr="005E1260" w:rsidRDefault="00BA49A4" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Set up meetings with Undergraduates Laila de Jong and Kristina Hilko to add German as a major, spring and 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="444203EA" w14:textId="3A17ECDF" w:rsidR="00BA49A4" w:rsidRPr="005E1260" w:rsidRDefault="00BA49A4" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Participated in “DEI in Engineering” Conversation with Chloe Arson, August 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F3AD15" w14:textId="7A2B3944" w:rsidR="00BA49A4" w:rsidRPr="005E1260" w:rsidRDefault="00BA49A4" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Co-wrote PEGS grant application and submitted to Provost’s office, not funded, August 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ECED6CE" w14:textId="339D08D1" w:rsidR="00BA49A4" w:rsidRPr="005E1260" w:rsidRDefault="00BA49A4" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Collaboration with Office of Housing to receive </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>GRAships</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for graduate students, spring 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494EC079" w14:textId="301356E8" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="00BA49A4" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004F0340" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Graduate program orientation planning, summer 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69122098" w14:textId="6D245875" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="004F0340" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Grad program admission meetings, spring 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00D105FF" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5978D9DB" w14:textId="266265BC" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="004F0340" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Visioning Committee, fall 2021 and spring 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00D105FF" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA23837" w14:textId="5A6DA5B9" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="004F0340" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t xml:space="preserve">Participated in SLS Community of Practice discussions, spring and fall 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CCC81DF" w14:textId="4E3A8217" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="004F0340" w:rsidP="00C44D01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C44D01" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Nominated German minor student Christopher Ballenger for College Student of the Year (CSOTY) award. Student was selected by AATG-GA. I advocated on his behalf and the Halle Foundation agreed to pay for a trip to Germany with a language class offered by the Goethe Institute and accommodations, spring 2022.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="000EEC9B" w14:textId="77777777" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="004F0340" w:rsidP="00C44D01">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Academic Program Manager for Graduate Program Search Committee, Spring 2022.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5797B060" w14:textId="27E5A00F" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="004F0340" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Assessment reevaluation of MS-ALIS and MS-GMC</w:t>
+      </w:r>
+      <w:r w:rsidR="00D105FF" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F6EE8E" w14:textId="6786A5E7" w:rsidR="00A508FA" w:rsidRPr="005E1260" w:rsidRDefault="00A508FA" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">SDG Education Discussion with SLS and OIE, spring 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71564A4F" w14:textId="77777777" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="004F0340" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Supervisor of Nick Hale, communications GRA, spring 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="166DB4B5" w14:textId="77777777" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="004F0340" w:rsidP="004F0340">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">SLS Fellow, spring 2022. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F4FB6A0" w14:textId="2F3A3338" w:rsidR="00AD1B21" w:rsidRPr="005E1260" w:rsidRDefault="004F0340" w:rsidP="00AD1B21">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ML Budget Committee, spring 2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00D105FF" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268E89F9" w14:textId="6F1754FD" w:rsidR="00D105FF" w:rsidRPr="005E1260" w:rsidRDefault="00D105FF" w:rsidP="005E1260">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Member of RCE HELC (Higher Education Learning Committee).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D49BAA" w14:textId="77777777" w:rsidR="00AD1B21" w:rsidRPr="005E1260" w:rsidRDefault="00AD1B21" w:rsidP="005E1260">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Faculty advisor of German Club.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A43A847" w14:textId="2864C4EA" w:rsidR="00AD1B21" w:rsidRPr="005E1260" w:rsidRDefault="00AD1B21" w:rsidP="005E1260">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Faculty advisor of Association for Sustainable Investment Student Club.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243B2428" w14:textId="175E2B32" w:rsidR="004F0340" w:rsidRPr="005E1260" w:rsidRDefault="00AD1B21" w:rsidP="005E1260">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Faculty advisor of Delta Phi Alpha honor society.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A3161D" w14:textId="782C3BBF" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="003054C9" w:rsidP="00D00C5D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidR="002709DF" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Director of Graduate Studies, Modern Languages, since August 2021.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4CAA" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40BE4C0E" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003054C9" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>German Club faculty advisor, 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4CAA" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="003054C9" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101B1314" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003054C9" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>GT Divest/Association for Sustainable Development faculty advisor, 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4CAA" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="003054C9" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFC7CCB" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EC4CAA" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Delta Phi Alpha Collegiate Honor Society Advisor, 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B574EE6" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008B75CB" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organized graduate program colloquium for students in German-track; four-week program with presentations by German-language faculty; delivered a presentation on “Intersectionality, Gender, Race and Sustainability,” September 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA7BEDC" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EC4CAA" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Trans 101 Workshop, March 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9EA122" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Meeting with representatives from </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>FUBiS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002122CE" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to talk about collaborating on the German LBAT summer program, August 2021. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4CAA" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="630D1803" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008B75CB" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Meeting with OIE to discuss how study abroad programs can incorporate the UN SDGs into the curriculum/classes offered abroad, September 2021. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="540F7539" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="00D56FF8" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidR="002709DF" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE71A9" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egional Center of </w:t>
+      </w:r>
+      <w:r w:rsidR="002709DF" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Expertise </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mentor for undergraduate student, fall 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1F6AD3" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Organized graduate program colloquium for students in German-track: six</w:t>
+      </w:r>
+      <w:r w:rsidR="008B75CB" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">week program with two presentations: Intersectionality, Gender, Race and Sustainability, September 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B39E946" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Developed Intercultural Communication graduate certificate proposal, 2019-2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1868B37E" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Participated and presented during the SLS Open House Session and presented on “Sustainability in Germany,” April 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41141748" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>GT Divest – Decarbonization Group, presented plans to the Faculty Senate Advisory committee, September 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29846BFA" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Member on the RCE HELC</w:t>
+      </w:r>
+      <w:r w:rsidR="003054C9" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Committee, 2018-2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335981A7" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Global Media Fest, member on planning committee for German film, fall 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C9C3B57" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">German Club faculty advisor, 2020. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B564EB" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="00D56FF8" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2019</w:t>
+      </w:r>
+      <w:r w:rsidR="002709DF" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Sustainability/SLS</w:t>
+      </w:r>
+      <w:r w:rsidR="003054C9" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>actively participated in workshops; got selected as SLS fellow to work on project, Spring 2019</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50015473" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Organization of German Day 2019. Digital poster presentations, visit by the Austrian Consul General, video presentation. October 2019. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F000933" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Submitted write-up of presentation to Sebnem Özkan for inclusion on the AGSC</w:t>
+      </w:r>
+      <w:r w:rsidR="003054C9" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>website</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B9C89F5" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Global Student Ambassador as part of the German LBAT, SLS. 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="357AC632" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Taught 3-week Weimar segment of the LBAT</w:t>
+      </w:r>
+      <w:r w:rsidR="003054C9" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>program, June 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549FAD4E" w14:textId="77777777" w:rsidR="002709DF" w:rsidRPr="005E1260" w:rsidRDefault="002709DF" w:rsidP="002709DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>German Tutor faculty advisor, 2019.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C5C460C" w14:textId="19A61BDC" w:rsidR="007178DA" w:rsidRDefault="002709DF" w:rsidP="00792744">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="9180"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D56FF8" w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>German Club faculty advisor, 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F78EAAA" w14:textId="77777777" w:rsidR="007178DA" w:rsidRDefault="007178DA" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...22 lines deleted...]
-    <w:p w14:paraId="002E461F" w14:textId="1FF2338C" w:rsidR="00AE7F95" w:rsidRDefault="00AE7F95" w:rsidP="00257D20">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2333CAFA" w14:textId="77777777" w:rsidR="00056EDA" w:rsidRDefault="00056EDA" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...28 lines deleted...]
-    <w:p w14:paraId="25291133" w14:textId="7A2F35C2" w:rsidR="00065557" w:rsidRDefault="00065557" w:rsidP="00257D20">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="049B4550" w14:textId="16D58D59" w:rsidR="00056EDA" w:rsidRPr="00056EDA" w:rsidRDefault="00056EDA" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...14 lines deleted...]
-    <w:p w14:paraId="4837EA7D" w14:textId="2273914F" w:rsidR="00E92E27" w:rsidRPr="00065557" w:rsidRDefault="00E92E27" w:rsidP="00257D20">
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00056EDA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Reviewer for Journals: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E482802" w14:textId="455CDBEA" w:rsidR="00056EDA" w:rsidRDefault="00056EDA" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00065557">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>German Studies Review</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="51C1BEE8" w14:textId="77777777" w:rsidR="000F4B8D" w:rsidRDefault="000F4B8D" w:rsidP="00257D20">
+        <w:t>Colloquia Germanica</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FBE9F10" w14:textId="0E62D805" w:rsidR="00AE7F95" w:rsidRPr="00065557" w:rsidRDefault="00AE7F95" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="0A4FBE43" w14:textId="239F8386" w:rsidR="000F4B8D" w:rsidRPr="00056EDA" w:rsidRDefault="000F4B8D" w:rsidP="00257D20">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Feminist German Studies </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9C4387" w14:textId="77777777" w:rsidR="00E32383" w:rsidRDefault="00065557" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...12 lines deleted...]
-    <w:p w14:paraId="68896445" w14:textId="10C5AB77" w:rsidR="000F4B8D" w:rsidRDefault="000F4B8D" w:rsidP="00257D20">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00065557">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>German Quarterly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE63D91" w14:textId="3AD4A10B" w:rsidR="00AE7F95" w:rsidRDefault="00AE7F95" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="6E4E1913" w14:textId="6378E0CB" w:rsidR="000F4B8D" w:rsidRDefault="000F4B8D" w:rsidP="00257D20">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00065557">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Journal of Austrian Studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C99EF04" w14:textId="0637F608" w:rsidR="00056EDA" w:rsidRDefault="00E32383" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-      </w:pPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="612431D7" w14:textId="7D173483" w:rsidR="000F4B8D" w:rsidRDefault="000F4B8D" w:rsidP="00257D20">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Papeles</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del CEIC. International Journal on Collective Identity Research</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002E461F" w14:textId="1FF2338C" w:rsidR="00AE7F95" w:rsidRDefault="00AE7F95" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:pPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00065557">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Seminar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E1260">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A Journal of Germanic Studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25291133" w14:textId="7A2F35C2" w:rsidR="00065557" w:rsidRDefault="00065557" w:rsidP="00257D20">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...37 lines deleted...]
-    <w:p w14:paraId="77E312F0" w14:textId="77777777" w:rsidR="000F4B8D" w:rsidRPr="005E1260" w:rsidRDefault="000F4B8D" w:rsidP="00257D20">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Unterrichtspraxis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="4837EA7D" w14:textId="2273914F" w:rsidR="00E92E27" w:rsidRPr="00065557" w:rsidRDefault="00E92E27" w:rsidP="00257D20">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="810"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
           <w:tab w:val="left" w:pos="12240"/>
           <w:tab w:val="left" w:pos="12960"/>
           <w:tab w:val="left" w:pos="13680"/>
           <w:tab w:val="left" w:pos="14400"/>
           <w:tab w:val="left" w:pos="15120"/>
           <w:tab w:val="left" w:pos="15840"/>
           <w:tab w:val="left" w:pos="16560"/>
           <w:tab w:val="left" w:pos="17280"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>German Studies Review</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51C1BEE8" w14:textId="77777777" w:rsidR="000F4B8D" w:rsidRDefault="000F4B8D" w:rsidP="00257D20">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+          <w:tab w:val="left" w:pos="12240"/>
+          <w:tab w:val="left" w:pos="12960"/>
+          <w:tab w:val="left" w:pos="13680"/>
+          <w:tab w:val="left" w:pos="14400"/>
+          <w:tab w:val="left" w:pos="15120"/>
+          <w:tab w:val="left" w:pos="15840"/>
+          <w:tab w:val="left" w:pos="16560"/>
+          <w:tab w:val="left" w:pos="17280"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A4FBE43" w14:textId="239F8386" w:rsidR="000F4B8D" w:rsidRPr="00056EDA" w:rsidRDefault="000F4B8D" w:rsidP="00257D20">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+          <w:tab w:val="left" w:pos="12240"/>
+          <w:tab w:val="left" w:pos="12960"/>
+          <w:tab w:val="left" w:pos="13680"/>
+          <w:tab w:val="left" w:pos="14400"/>
+          <w:tab w:val="left" w:pos="15120"/>
+          <w:tab w:val="left" w:pos="15840"/>
+          <w:tab w:val="left" w:pos="16560"/>
+          <w:tab w:val="left" w:pos="17280"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F4B8D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professional Memberships: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68896445" w14:textId="10C5AB77" w:rsidR="000F4B8D" w:rsidRDefault="000F4B8D" w:rsidP="00257D20">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+          <w:tab w:val="left" w:pos="12240"/>
+          <w:tab w:val="left" w:pos="12960"/>
+          <w:tab w:val="left" w:pos="13680"/>
+          <w:tab w:val="left" w:pos="14400"/>
+          <w:tab w:val="left" w:pos="15120"/>
+          <w:tab w:val="left" w:pos="15840"/>
+          <w:tab w:val="left" w:pos="16560"/>
+          <w:tab w:val="left" w:pos="17280"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Modern Languages Association</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E4E1913" w14:textId="6378E0CB" w:rsidR="000F4B8D" w:rsidRDefault="000F4B8D" w:rsidP="00257D20">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+          <w:tab w:val="left" w:pos="12240"/>
+          <w:tab w:val="left" w:pos="12960"/>
+          <w:tab w:val="left" w:pos="13680"/>
+          <w:tab w:val="left" w:pos="14400"/>
+          <w:tab w:val="left" w:pos="15120"/>
+          <w:tab w:val="left" w:pos="15840"/>
+          <w:tab w:val="left" w:pos="16560"/>
+          <w:tab w:val="left" w:pos="17280"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>German Studies Association</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612431D7" w14:textId="7D173483" w:rsidR="000F4B8D" w:rsidRDefault="000F4B8D" w:rsidP="00257D20">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+          <w:tab w:val="left" w:pos="12240"/>
+          <w:tab w:val="left" w:pos="12960"/>
+          <w:tab w:val="left" w:pos="13680"/>
+          <w:tab w:val="left" w:pos="14400"/>
+          <w:tab w:val="left" w:pos="15120"/>
+          <w:tab w:val="left" w:pos="15840"/>
+          <w:tab w:val="left" w:pos="16560"/>
+          <w:tab w:val="left" w:pos="17280"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Austrian Studies Association</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C3EBB3" w14:textId="61DF8940" w:rsidR="000F4B8D" w:rsidRDefault="000F4B8D" w:rsidP="26541DB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+          <w:tab w:val="left" w:pos="12240"/>
+          <w:tab w:val="left" w:pos="12960"/>
+          <w:tab w:val="left" w:pos="13680"/>
+          <w:tab w:val="left" w:pos="14400"/>
+          <w:tab w:val="left" w:pos="15120"/>
+          <w:tab w:val="left" w:pos="15840"/>
+          <w:tab w:val="left" w:pos="16560"/>
+          <w:tab w:val="left" w:pos="17280"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Women in German Coalition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30E4B393" w14:textId="2DBF0726" w:rsidR="5292B1C3" w:rsidRDefault="5292B1C3" w:rsidP="26541DB1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+          <w:tab w:val="left" w:pos="12240"/>
+          <w:tab w:val="left" w:pos="12960"/>
+          <w:tab w:val="left" w:pos="13680"/>
+          <w:tab w:val="left" w:pos="14400"/>
+          <w:tab w:val="left" w:pos="15120"/>
+          <w:tab w:val="left" w:pos="15840"/>
+          <w:tab w:val="left" w:pos="16560"/>
+          <w:tab w:val="left" w:pos="17280"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="26541DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>American Association of Teachers of German</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E312F0" w14:textId="77777777" w:rsidR="000F4B8D" w:rsidRPr="005E1260" w:rsidRDefault="000F4B8D" w:rsidP="00257D20">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="12"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-1440"/>
+          <w:tab w:val="left" w:pos="-720"/>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="450"/>
+          <w:tab w:val="left" w:pos="810"/>
+          <w:tab w:val="left" w:pos="9360"/>
+          <w:tab w:val="left" w:pos="10080"/>
+          <w:tab w:val="left" w:pos="10800"/>
+          <w:tab w:val="left" w:pos="11520"/>
+          <w:tab w:val="left" w:pos="12240"/>
+          <w:tab w:val="left" w:pos="12960"/>
+          <w:tab w:val="left" w:pos="13680"/>
+          <w:tab w:val="left" w:pos="14400"/>
+          <w:tab w:val="left" w:pos="15120"/>
+          <w:tab w:val="left" w:pos="15840"/>
+          <w:tab w:val="left" w:pos="16560"/>
+          <w:tab w:val="left" w:pos="17280"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000F4B8D" w:rsidRPr="005E1260" w:rsidSect="004260A1">
       <w:footerReference w:type="default" r:id="rId23"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="083BC3B7" w14:textId="77777777" w:rsidR="00897F19" w:rsidRDefault="00897F19" w:rsidP="00AE3484">
+    <w:p w14:paraId="26DEB676" w14:textId="77777777" w:rsidR="000218AF" w:rsidRDefault="000218AF" w:rsidP="00AE3484">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01055DE3" w14:textId="77777777" w:rsidR="00897F19" w:rsidRDefault="00897F19" w:rsidP="00AE3484">
+    <w:p w14:paraId="330A2038" w14:textId="77777777" w:rsidR="000218AF" w:rsidRDefault="000218AF" w:rsidP="00AE3484">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
@@ -30601,86 +30677,86 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="426804E5" w14:textId="77777777" w:rsidR="00C861A6" w:rsidRDefault="00C861A6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C5C7C32" w14:textId="77777777" w:rsidR="00897F19" w:rsidRDefault="00897F19" w:rsidP="00AE3484">
+    <w:p w14:paraId="16FB8337" w14:textId="77777777" w:rsidR="000218AF" w:rsidRDefault="000218AF" w:rsidP="00AE3484">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23CA6D25" w14:textId="77777777" w:rsidR="00897F19" w:rsidRDefault="00897F19" w:rsidP="00AE3484">
+    <w:p w14:paraId="08D2BE19" w14:textId="77777777" w:rsidR="000218AF" w:rsidRDefault="000218AF" w:rsidP="00AE3484">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2FAF5A8F" w14:textId="296BA410" w:rsidR="00AE3484" w:rsidRDefault="000D4F95">
+  <w:p w14:paraId="2FAF5A8F" w14:textId="68785524" w:rsidR="00AE3484" w:rsidRDefault="00F93BD6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
-      <w:t>December 31</w:t>
+      <w:t>October 15</w:t>
     </w:r>
     <w:r w:rsidR="00EE1990">
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="00473D90">
       <w:t xml:space="preserve"> 20</w:t>
     </w:r>
     <w:r w:rsidR="00F93E48">
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00EE1990">
-      <w:t>4</w:t>
+    <w:r>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7531F0B8" w14:textId="77777777" w:rsidR="00AE3484" w:rsidRDefault="00AE3484">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="118A08EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2F28862"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -31532,536 +31608,584 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="353576619">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="620498344">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1351294723">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1228422690">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="735392642">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1726760331">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="180"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0052685A"/>
     <w:rsid w:val="00006E0C"/>
+    <w:rsid w:val="000218AF"/>
     <w:rsid w:val="00022D62"/>
     <w:rsid w:val="0002402E"/>
     <w:rsid w:val="00025119"/>
     <w:rsid w:val="000275CF"/>
     <w:rsid w:val="000366BF"/>
     <w:rsid w:val="000376D8"/>
     <w:rsid w:val="00040600"/>
     <w:rsid w:val="00040994"/>
     <w:rsid w:val="0004297A"/>
     <w:rsid w:val="00043D71"/>
     <w:rsid w:val="00046F95"/>
     <w:rsid w:val="000507D7"/>
     <w:rsid w:val="00053B7D"/>
     <w:rsid w:val="00053FA2"/>
     <w:rsid w:val="00056EDA"/>
     <w:rsid w:val="00065557"/>
     <w:rsid w:val="000656F6"/>
     <w:rsid w:val="00083426"/>
     <w:rsid w:val="000871EB"/>
     <w:rsid w:val="000900F4"/>
     <w:rsid w:val="00092088"/>
     <w:rsid w:val="000932A3"/>
     <w:rsid w:val="000A23AE"/>
+    <w:rsid w:val="000A659F"/>
     <w:rsid w:val="000B07ED"/>
     <w:rsid w:val="000B550E"/>
     <w:rsid w:val="000C3C25"/>
     <w:rsid w:val="000C7BE5"/>
     <w:rsid w:val="000D4F95"/>
     <w:rsid w:val="000D678D"/>
     <w:rsid w:val="000E50CA"/>
     <w:rsid w:val="000E5705"/>
     <w:rsid w:val="000F3072"/>
     <w:rsid w:val="000F4B8D"/>
     <w:rsid w:val="001106FC"/>
     <w:rsid w:val="0011233A"/>
     <w:rsid w:val="00113268"/>
     <w:rsid w:val="00114856"/>
+    <w:rsid w:val="00117DCE"/>
     <w:rsid w:val="00122FBC"/>
     <w:rsid w:val="00124CEA"/>
     <w:rsid w:val="00125983"/>
     <w:rsid w:val="00130F5B"/>
     <w:rsid w:val="0013314C"/>
     <w:rsid w:val="00135919"/>
     <w:rsid w:val="001364F6"/>
     <w:rsid w:val="00140C1D"/>
     <w:rsid w:val="00142EA8"/>
     <w:rsid w:val="00151B76"/>
     <w:rsid w:val="00157020"/>
     <w:rsid w:val="00160DC2"/>
     <w:rsid w:val="00171B5A"/>
     <w:rsid w:val="00174476"/>
     <w:rsid w:val="00180C12"/>
     <w:rsid w:val="00194951"/>
     <w:rsid w:val="001960F4"/>
     <w:rsid w:val="0019716F"/>
     <w:rsid w:val="001A02FC"/>
     <w:rsid w:val="001A3136"/>
     <w:rsid w:val="001B3678"/>
     <w:rsid w:val="001C0CCD"/>
     <w:rsid w:val="001C27CA"/>
     <w:rsid w:val="001C2BC1"/>
+    <w:rsid w:val="001C39D0"/>
+    <w:rsid w:val="001C60F1"/>
     <w:rsid w:val="001D22BB"/>
+    <w:rsid w:val="001D35F7"/>
     <w:rsid w:val="001D44F3"/>
     <w:rsid w:val="001D5157"/>
     <w:rsid w:val="001D79BE"/>
     <w:rsid w:val="001E1E76"/>
     <w:rsid w:val="001E32D2"/>
     <w:rsid w:val="001E35CC"/>
     <w:rsid w:val="001E5718"/>
+    <w:rsid w:val="001E6DA6"/>
     <w:rsid w:val="001F233B"/>
     <w:rsid w:val="001F36BE"/>
     <w:rsid w:val="00201463"/>
     <w:rsid w:val="00202015"/>
     <w:rsid w:val="00210F0D"/>
     <w:rsid w:val="002122CE"/>
+    <w:rsid w:val="0022008B"/>
     <w:rsid w:val="002206D0"/>
     <w:rsid w:val="00223E25"/>
     <w:rsid w:val="00224D03"/>
     <w:rsid w:val="0022569A"/>
     <w:rsid w:val="00227068"/>
     <w:rsid w:val="00227DC4"/>
     <w:rsid w:val="002313D5"/>
     <w:rsid w:val="00231CD7"/>
     <w:rsid w:val="00254F76"/>
     <w:rsid w:val="00257D20"/>
     <w:rsid w:val="00262C99"/>
     <w:rsid w:val="00263D09"/>
+    <w:rsid w:val="00270594"/>
     <w:rsid w:val="002709DF"/>
     <w:rsid w:val="002839BC"/>
     <w:rsid w:val="00283F0C"/>
     <w:rsid w:val="0028695C"/>
     <w:rsid w:val="002966EE"/>
     <w:rsid w:val="002A1310"/>
     <w:rsid w:val="002A5977"/>
     <w:rsid w:val="002C0D29"/>
+    <w:rsid w:val="002C12F8"/>
     <w:rsid w:val="002C5092"/>
     <w:rsid w:val="002D00F7"/>
     <w:rsid w:val="002D35CD"/>
     <w:rsid w:val="002E0838"/>
     <w:rsid w:val="002F4FCF"/>
     <w:rsid w:val="0030477C"/>
     <w:rsid w:val="003054C9"/>
     <w:rsid w:val="00311A1E"/>
     <w:rsid w:val="00313085"/>
     <w:rsid w:val="00316152"/>
     <w:rsid w:val="00325F94"/>
     <w:rsid w:val="00334F6D"/>
     <w:rsid w:val="003360BE"/>
     <w:rsid w:val="003409F1"/>
     <w:rsid w:val="00346464"/>
     <w:rsid w:val="00351FE2"/>
     <w:rsid w:val="0035786A"/>
+    <w:rsid w:val="00357F5F"/>
     <w:rsid w:val="00362725"/>
     <w:rsid w:val="00363214"/>
     <w:rsid w:val="00364683"/>
     <w:rsid w:val="00366001"/>
     <w:rsid w:val="003815E9"/>
     <w:rsid w:val="00381D61"/>
     <w:rsid w:val="00382D2D"/>
     <w:rsid w:val="003845A5"/>
     <w:rsid w:val="00387192"/>
+    <w:rsid w:val="003A5AC1"/>
     <w:rsid w:val="003B1DCD"/>
     <w:rsid w:val="003B2901"/>
     <w:rsid w:val="003B531E"/>
     <w:rsid w:val="003C11E6"/>
     <w:rsid w:val="003C16D1"/>
     <w:rsid w:val="003E7453"/>
     <w:rsid w:val="00403644"/>
     <w:rsid w:val="00407463"/>
     <w:rsid w:val="004159C1"/>
     <w:rsid w:val="004260A1"/>
     <w:rsid w:val="00430FD1"/>
     <w:rsid w:val="00433D0D"/>
     <w:rsid w:val="00436723"/>
     <w:rsid w:val="0044426E"/>
     <w:rsid w:val="004454A4"/>
     <w:rsid w:val="00450F9A"/>
     <w:rsid w:val="00457FBA"/>
     <w:rsid w:val="0047116B"/>
     <w:rsid w:val="00473D90"/>
     <w:rsid w:val="00475229"/>
     <w:rsid w:val="0048161E"/>
     <w:rsid w:val="004856B2"/>
     <w:rsid w:val="00495F0F"/>
     <w:rsid w:val="004A0434"/>
+    <w:rsid w:val="004B3671"/>
     <w:rsid w:val="004B462C"/>
     <w:rsid w:val="004C5320"/>
     <w:rsid w:val="004D6175"/>
     <w:rsid w:val="004D71DF"/>
     <w:rsid w:val="004E38FF"/>
     <w:rsid w:val="004F0340"/>
     <w:rsid w:val="004F1BDE"/>
     <w:rsid w:val="00505829"/>
     <w:rsid w:val="00507306"/>
     <w:rsid w:val="0052196E"/>
     <w:rsid w:val="00522F66"/>
     <w:rsid w:val="00525B5B"/>
     <w:rsid w:val="005264A6"/>
     <w:rsid w:val="005267D3"/>
     <w:rsid w:val="0052685A"/>
     <w:rsid w:val="00530639"/>
+    <w:rsid w:val="005357AF"/>
     <w:rsid w:val="00544E8A"/>
     <w:rsid w:val="00544EBA"/>
     <w:rsid w:val="00546985"/>
     <w:rsid w:val="005559C3"/>
     <w:rsid w:val="0055670C"/>
     <w:rsid w:val="005606B0"/>
     <w:rsid w:val="005702E3"/>
     <w:rsid w:val="0057435B"/>
     <w:rsid w:val="00583F66"/>
     <w:rsid w:val="005851E4"/>
     <w:rsid w:val="0058712F"/>
     <w:rsid w:val="005A0843"/>
     <w:rsid w:val="005A37C6"/>
     <w:rsid w:val="005A7592"/>
     <w:rsid w:val="005B0904"/>
     <w:rsid w:val="005B5F13"/>
+    <w:rsid w:val="005B781C"/>
+    <w:rsid w:val="005C1650"/>
     <w:rsid w:val="005D05A6"/>
     <w:rsid w:val="005D3BD9"/>
     <w:rsid w:val="005E1260"/>
     <w:rsid w:val="005E5AE9"/>
     <w:rsid w:val="005F5C2B"/>
     <w:rsid w:val="005F7480"/>
     <w:rsid w:val="0060277B"/>
     <w:rsid w:val="00606402"/>
     <w:rsid w:val="0060751C"/>
     <w:rsid w:val="00607791"/>
+    <w:rsid w:val="006129EB"/>
     <w:rsid w:val="006164DE"/>
     <w:rsid w:val="00616EF7"/>
     <w:rsid w:val="006214F3"/>
     <w:rsid w:val="0062310C"/>
     <w:rsid w:val="00626320"/>
     <w:rsid w:val="00626AAA"/>
     <w:rsid w:val="0062775C"/>
     <w:rsid w:val="00646AD4"/>
     <w:rsid w:val="0065235D"/>
     <w:rsid w:val="00657F30"/>
     <w:rsid w:val="006635C7"/>
+    <w:rsid w:val="006677F3"/>
     <w:rsid w:val="00672F49"/>
     <w:rsid w:val="0067657E"/>
     <w:rsid w:val="00677D5E"/>
     <w:rsid w:val="00694FFB"/>
     <w:rsid w:val="006A4611"/>
     <w:rsid w:val="006A5133"/>
     <w:rsid w:val="006A51EB"/>
     <w:rsid w:val="006B0CEE"/>
     <w:rsid w:val="006B482A"/>
     <w:rsid w:val="006C784D"/>
     <w:rsid w:val="006C78D8"/>
     <w:rsid w:val="006D7FDA"/>
     <w:rsid w:val="006E5E06"/>
     <w:rsid w:val="00705EE3"/>
     <w:rsid w:val="007140A4"/>
     <w:rsid w:val="007178DA"/>
     <w:rsid w:val="00720673"/>
     <w:rsid w:val="00726D92"/>
     <w:rsid w:val="00735866"/>
     <w:rsid w:val="00743071"/>
     <w:rsid w:val="00745762"/>
+    <w:rsid w:val="00746F62"/>
     <w:rsid w:val="007472FE"/>
     <w:rsid w:val="00747BB3"/>
     <w:rsid w:val="00747F2A"/>
     <w:rsid w:val="0075299E"/>
     <w:rsid w:val="00763C22"/>
     <w:rsid w:val="00764FCC"/>
     <w:rsid w:val="00766ECE"/>
+    <w:rsid w:val="0077104D"/>
     <w:rsid w:val="00772389"/>
     <w:rsid w:val="00773CC3"/>
     <w:rsid w:val="00777C53"/>
     <w:rsid w:val="007868BE"/>
     <w:rsid w:val="00791E0F"/>
     <w:rsid w:val="00792744"/>
     <w:rsid w:val="0079371E"/>
     <w:rsid w:val="00797D3C"/>
     <w:rsid w:val="007A2A96"/>
     <w:rsid w:val="007A32EF"/>
     <w:rsid w:val="007A5959"/>
     <w:rsid w:val="007C099F"/>
+    <w:rsid w:val="007D7034"/>
     <w:rsid w:val="007E1E7B"/>
     <w:rsid w:val="007E1FA3"/>
+    <w:rsid w:val="007E2839"/>
     <w:rsid w:val="007E7F4A"/>
     <w:rsid w:val="008001DE"/>
     <w:rsid w:val="00811A28"/>
     <w:rsid w:val="00842571"/>
     <w:rsid w:val="008535C2"/>
     <w:rsid w:val="00856839"/>
     <w:rsid w:val="00862154"/>
+    <w:rsid w:val="00864568"/>
     <w:rsid w:val="00871C91"/>
     <w:rsid w:val="00874474"/>
     <w:rsid w:val="0087637C"/>
     <w:rsid w:val="008817F4"/>
     <w:rsid w:val="00893F47"/>
     <w:rsid w:val="0089663B"/>
     <w:rsid w:val="00897F19"/>
     <w:rsid w:val="008A423B"/>
     <w:rsid w:val="008A7503"/>
     <w:rsid w:val="008B441E"/>
     <w:rsid w:val="008B4E95"/>
     <w:rsid w:val="008B5203"/>
     <w:rsid w:val="008B6940"/>
     <w:rsid w:val="008B75CB"/>
     <w:rsid w:val="008B7833"/>
     <w:rsid w:val="008C27B1"/>
     <w:rsid w:val="008D0E92"/>
+    <w:rsid w:val="008D5ED7"/>
     <w:rsid w:val="008D7894"/>
     <w:rsid w:val="008E7148"/>
     <w:rsid w:val="008F0D26"/>
     <w:rsid w:val="00902A12"/>
     <w:rsid w:val="00903A0B"/>
     <w:rsid w:val="00921DE5"/>
     <w:rsid w:val="009304F6"/>
     <w:rsid w:val="0093095D"/>
     <w:rsid w:val="009309DA"/>
     <w:rsid w:val="00930CC2"/>
     <w:rsid w:val="009351E4"/>
     <w:rsid w:val="00936CB4"/>
     <w:rsid w:val="00937846"/>
     <w:rsid w:val="00940605"/>
+    <w:rsid w:val="00940F51"/>
     <w:rsid w:val="00941C7D"/>
     <w:rsid w:val="00942DB9"/>
     <w:rsid w:val="00956EB3"/>
     <w:rsid w:val="00957D36"/>
     <w:rsid w:val="00957F03"/>
     <w:rsid w:val="00972CC6"/>
     <w:rsid w:val="00975D9F"/>
     <w:rsid w:val="00976680"/>
     <w:rsid w:val="009836FC"/>
     <w:rsid w:val="009842EC"/>
     <w:rsid w:val="009A0894"/>
     <w:rsid w:val="009B4B43"/>
+    <w:rsid w:val="009C0C5A"/>
     <w:rsid w:val="009C7FC6"/>
     <w:rsid w:val="009D714E"/>
     <w:rsid w:val="009D74BD"/>
     <w:rsid w:val="009E63CC"/>
     <w:rsid w:val="009F4F4B"/>
+    <w:rsid w:val="009F6353"/>
     <w:rsid w:val="009F6789"/>
     <w:rsid w:val="00A07C2A"/>
     <w:rsid w:val="00A10E61"/>
     <w:rsid w:val="00A1324E"/>
     <w:rsid w:val="00A13E1A"/>
     <w:rsid w:val="00A26208"/>
     <w:rsid w:val="00A34F2C"/>
     <w:rsid w:val="00A3642F"/>
+    <w:rsid w:val="00A36576"/>
     <w:rsid w:val="00A3682A"/>
     <w:rsid w:val="00A508FA"/>
     <w:rsid w:val="00A5336C"/>
     <w:rsid w:val="00A5489B"/>
     <w:rsid w:val="00A6182E"/>
     <w:rsid w:val="00A633BE"/>
     <w:rsid w:val="00A73698"/>
+    <w:rsid w:val="00A75BC6"/>
     <w:rsid w:val="00A76838"/>
     <w:rsid w:val="00A835DB"/>
     <w:rsid w:val="00A9089C"/>
     <w:rsid w:val="00A941D6"/>
     <w:rsid w:val="00A96A7E"/>
     <w:rsid w:val="00AA25D4"/>
     <w:rsid w:val="00AB4552"/>
     <w:rsid w:val="00AB5237"/>
     <w:rsid w:val="00AB5858"/>
     <w:rsid w:val="00AB6FA8"/>
     <w:rsid w:val="00AD0E4B"/>
     <w:rsid w:val="00AD1B21"/>
     <w:rsid w:val="00AD64F4"/>
     <w:rsid w:val="00AE3484"/>
     <w:rsid w:val="00AE7F95"/>
+    <w:rsid w:val="00B01EC0"/>
     <w:rsid w:val="00B04FE3"/>
     <w:rsid w:val="00B201A8"/>
     <w:rsid w:val="00B21C15"/>
     <w:rsid w:val="00B22863"/>
     <w:rsid w:val="00B27BD3"/>
     <w:rsid w:val="00B316CB"/>
     <w:rsid w:val="00B34A7C"/>
     <w:rsid w:val="00B54CDC"/>
     <w:rsid w:val="00B71E09"/>
     <w:rsid w:val="00B945FE"/>
     <w:rsid w:val="00BA014A"/>
     <w:rsid w:val="00BA099B"/>
     <w:rsid w:val="00BA1A88"/>
     <w:rsid w:val="00BA2899"/>
     <w:rsid w:val="00BA49A4"/>
+    <w:rsid w:val="00BB1E32"/>
+    <w:rsid w:val="00BB31EE"/>
     <w:rsid w:val="00BB43B7"/>
     <w:rsid w:val="00BB50F4"/>
     <w:rsid w:val="00BB7D0A"/>
     <w:rsid w:val="00BC083D"/>
     <w:rsid w:val="00BC3116"/>
     <w:rsid w:val="00BC3ED8"/>
     <w:rsid w:val="00BC54BD"/>
     <w:rsid w:val="00BD1F29"/>
     <w:rsid w:val="00BD4023"/>
     <w:rsid w:val="00BD6017"/>
     <w:rsid w:val="00BE04B5"/>
     <w:rsid w:val="00BE4A33"/>
     <w:rsid w:val="00BE6EC0"/>
     <w:rsid w:val="00BE71A9"/>
+    <w:rsid w:val="00BE7447"/>
     <w:rsid w:val="00BF0692"/>
     <w:rsid w:val="00C11808"/>
     <w:rsid w:val="00C16242"/>
     <w:rsid w:val="00C16A16"/>
     <w:rsid w:val="00C23C06"/>
+    <w:rsid w:val="00C24238"/>
     <w:rsid w:val="00C25E63"/>
+    <w:rsid w:val="00C33480"/>
     <w:rsid w:val="00C363F1"/>
     <w:rsid w:val="00C42BDD"/>
     <w:rsid w:val="00C44D01"/>
     <w:rsid w:val="00C453BB"/>
+    <w:rsid w:val="00C5689B"/>
     <w:rsid w:val="00C62521"/>
     <w:rsid w:val="00C65541"/>
     <w:rsid w:val="00C75318"/>
+    <w:rsid w:val="00C75AF5"/>
     <w:rsid w:val="00C861A6"/>
     <w:rsid w:val="00C8767F"/>
     <w:rsid w:val="00C93EF9"/>
     <w:rsid w:val="00C95C5A"/>
     <w:rsid w:val="00C97080"/>
     <w:rsid w:val="00C972BB"/>
     <w:rsid w:val="00CA2DBA"/>
     <w:rsid w:val="00CC3F68"/>
     <w:rsid w:val="00CC6239"/>
     <w:rsid w:val="00CC7145"/>
     <w:rsid w:val="00CD2D81"/>
     <w:rsid w:val="00CD6519"/>
     <w:rsid w:val="00CD75A6"/>
     <w:rsid w:val="00CF1459"/>
     <w:rsid w:val="00CF58F3"/>
     <w:rsid w:val="00D009EA"/>
     <w:rsid w:val="00D00C5D"/>
     <w:rsid w:val="00D01D31"/>
     <w:rsid w:val="00D04E2A"/>
     <w:rsid w:val="00D05B46"/>
     <w:rsid w:val="00D0615C"/>
     <w:rsid w:val="00D105FF"/>
     <w:rsid w:val="00D171A3"/>
     <w:rsid w:val="00D17E82"/>
     <w:rsid w:val="00D23F8E"/>
     <w:rsid w:val="00D2435D"/>
     <w:rsid w:val="00D2465C"/>
     <w:rsid w:val="00D35E38"/>
     <w:rsid w:val="00D418EC"/>
     <w:rsid w:val="00D454E0"/>
     <w:rsid w:val="00D56FF8"/>
     <w:rsid w:val="00D63B59"/>
+    <w:rsid w:val="00D82A69"/>
     <w:rsid w:val="00D857EE"/>
     <w:rsid w:val="00DA02A2"/>
+    <w:rsid w:val="00DA33CA"/>
     <w:rsid w:val="00DB4CD7"/>
     <w:rsid w:val="00DC0F4A"/>
     <w:rsid w:val="00DC5541"/>
     <w:rsid w:val="00DE229A"/>
     <w:rsid w:val="00DE2793"/>
     <w:rsid w:val="00DE2EC1"/>
     <w:rsid w:val="00DE6BA1"/>
     <w:rsid w:val="00DF0C63"/>
     <w:rsid w:val="00DF2C3F"/>
     <w:rsid w:val="00E11D5E"/>
     <w:rsid w:val="00E20B05"/>
     <w:rsid w:val="00E225C2"/>
     <w:rsid w:val="00E32383"/>
     <w:rsid w:val="00E560F8"/>
     <w:rsid w:val="00E70F86"/>
     <w:rsid w:val="00E822E8"/>
     <w:rsid w:val="00E90B67"/>
     <w:rsid w:val="00E92E27"/>
     <w:rsid w:val="00EA188E"/>
     <w:rsid w:val="00EA4145"/>
     <w:rsid w:val="00EB0499"/>
     <w:rsid w:val="00EC0085"/>
     <w:rsid w:val="00EC1E95"/>
     <w:rsid w:val="00EC30C2"/>
     <w:rsid w:val="00EC4CAA"/>
     <w:rsid w:val="00EC5631"/>
     <w:rsid w:val="00ED653E"/>
     <w:rsid w:val="00EE1990"/>
+    <w:rsid w:val="00EE1DCD"/>
     <w:rsid w:val="00EE2CA0"/>
     <w:rsid w:val="00EE78C1"/>
     <w:rsid w:val="00F00950"/>
     <w:rsid w:val="00F014A9"/>
     <w:rsid w:val="00F038FE"/>
     <w:rsid w:val="00F100AC"/>
     <w:rsid w:val="00F24EB9"/>
+    <w:rsid w:val="00F30707"/>
     <w:rsid w:val="00F42F9C"/>
     <w:rsid w:val="00F54625"/>
     <w:rsid w:val="00F72116"/>
     <w:rsid w:val="00F73406"/>
+    <w:rsid w:val="00F7373E"/>
     <w:rsid w:val="00F936ED"/>
+    <w:rsid w:val="00F93BD6"/>
     <w:rsid w:val="00F93E48"/>
     <w:rsid w:val="00F958BF"/>
     <w:rsid w:val="00F96C01"/>
     <w:rsid w:val="00FA5EE4"/>
     <w:rsid w:val="00FB21E5"/>
     <w:rsid w:val="00FB6CD7"/>
+    <w:rsid w:val="00FC1990"/>
+    <w:rsid w:val="00FC2C84"/>
     <w:rsid w:val="00FD1389"/>
     <w:rsid w:val="00FD6381"/>
     <w:rsid w:val="00FE28D4"/>
     <w:rsid w:val="00FE7B88"/>
     <w:rsid w:val="00FF0EC4"/>
     <w:rsid w:val="00FF6000"/>
     <w:rsid w:val="154A36F4"/>
     <w:rsid w:val="26541DB1"/>
     <w:rsid w:val="2F7156E2"/>
     <w:rsid w:val="310D2743"/>
     <w:rsid w:val="39C601A1"/>
+    <w:rsid w:val="476A18A6"/>
     <w:rsid w:val="48DDA7DF"/>
+    <w:rsid w:val="4F3DD338"/>
     <w:rsid w:val="5292B1C3"/>
+    <w:rsid w:val="59C1C705"/>
     <w:rsid w:val="5AAE49DE"/>
     <w:rsid w:val="6E0B9FFB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -32439,51 +32563,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000900F4"/>
+    <w:rsid w:val="00C75AF5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="000E50CA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
@@ -33470,52 +33594,52 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0503F42-5A55-4021-9791-A872D0D200AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>23</Pages>
-[...1 lines deleted...]
-  <Characters>51716</Characters>
+  <Pages>24</Pages>
+  <Words>9366</Words>
+  <Characters>53390</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>430</Lines>
-  <Paragraphs>121</Paragraphs>
+  <Lines>444</Lines>
+  <Paragraphs>125</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Georgia Tech</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>60667</CharactersWithSpaces>
+  <CharactersWithSpaces>62631</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Susan Cozzens</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>