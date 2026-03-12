--- v1 (2025-10-24)
+++ v2 (2026-03-12)
@@ -1,32237 +1,2151 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:sdt>
-[...1748 lines deleted...]
-        <w:br w:type="page"/>
+    <w:p w14:paraId="421AC857" w14:textId="61648382" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CV Britta Kallin, Associate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of German Studies, Associate Chair </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65AB9755" w14:textId="77777777" w:rsidR="0002402E" w:rsidRPr="005E1260" w:rsidRDefault="0002402E" w:rsidP="00257D20">
-[...16 lines deleted...]
-        </w:sectPr>
+    <w:p w14:paraId="34C5F7AA" w14:textId="77777777" w:rsidR="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52E87FE8" w14:textId="09331B51" w:rsidR="00231CD7" w:rsidRPr="005E1260" w:rsidRDefault="00F93E48" w:rsidP="00257D20">
-[...13 lines deleted...]
-        <w:t>Britta Kallin</w:t>
+    <w:p w14:paraId="43D364BF" w14:textId="3833C2D3" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Campus Location: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Swann 216</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>; 404-89</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>5-0196</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37EA58F7" w14:textId="37CF4C60" w:rsidR="00F93E48" w:rsidRPr="005E1260" w:rsidRDefault="00F93E48" w:rsidP="00257D20">
-[...13 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="04438243" w14:textId="77777777" w:rsidR="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="799CE88C" w14:textId="075CD603" w:rsidR="00450F9A" w:rsidRPr="005E1260" w:rsidRDefault="00F93E48" w:rsidP="00257D20">
-[...12 lines deleted...]
-        <w:t>School of Modern Languages</w:t>
+    <w:p w14:paraId="2D7F41C3" w14:textId="744AFE07" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidRPr="00572084">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          </w:rPr>
+          <w:t>https://iac.gatech.edu/people/person/britta-kallin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139230C8" w14:textId="77777777" w:rsidR="00450F9A" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="00257D20">
-[...19 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="2334892F" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="038BC625" w14:textId="506CAE30" w:rsidR="00F93E48" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="00257D20">
-[...29 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="6D5AA56D" w14:textId="3ACFDED3" w:rsidR="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RESEARCH INTERESTS: </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6401ACA9" w14:textId="77777777" w:rsidR="00CA2DBA" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00CA2DBA">
+    <w:p w14:paraId="79B7883C" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03B88BF8" w14:textId="74E1116E" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00165BA3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professor Kalllin’s research focuses on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>contemporary German and Austrian literature</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, intertextual studies, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>gender, race, and national identity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>environmental humanities, ecocriticism, and ecofemini</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sm. She works on German-language theater, fairy tale revisions, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>film</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and YA literature. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Dr. Kallin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has published widely on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">works of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Austrian Nobel Laureate Elfriede Jelinek</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as well as on works by Marlene Streeruwitz, Franz Kafka, Christa Wolf, and others. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E2F21C" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00165BA3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5046076D" w14:textId="53A40F5B" w:rsidR="00C40339" w:rsidRDefault="00C40339" w:rsidP="00165BA3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TEACHING INTERESTS: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D400B2F" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00165BA3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DA615E4" w14:textId="39B05FE1" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00165BA3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Professor </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kallin’s teaching is focused on contemporary German-language literature, culture, films, fairy tales from Austria, Germany, and Switzerland. She teaches essays, books, plays, website publications, film, and other texts in German. Professor Kallin’s teaching is student-focused and actively involves both graduate and undergraduate students. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D83AC33" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70008F29" w14:textId="5EA5F5E3" w:rsidR="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EDUCATION: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7711578D" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E4FCEB3" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2000 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Ph.D., German Literature, University of Cincinnati, Advisors: Sara </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Friedrichsmeyer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Katharina Gerstenberger, Renate </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Möhrmann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="57576476" w14:textId="6B673019" w:rsidR="00F93E48" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00CA2DBA">
+    <w:p w14:paraId="76B97753" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F93E48" w:rsidRPr="005E1260">
-[...42 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>1997 Graduate Certificate in Women’s Studies, University of Cincinnati</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="35636542" w14:textId="1B351F11" w:rsidR="00CA2DBA" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="59C1C705">
+    <w:p w14:paraId="4423A43D" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...5 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1995 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="59C1C705">
-[...3 lines deleted...]
-        <w:t>1997 Graduate Certificate in Women’s Studies, University of Cincinnati</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Staatsexamen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, English, German, Education. Universität Hamburg, Advisors: Hanno Segeberg, Bettina Friedl</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD899DC" w14:textId="28B987C3" w:rsidR="00CA2DBA" w:rsidRPr="00BB31EE" w:rsidRDefault="00CA2DBA" w:rsidP="59C1C705">
+    <w:p w14:paraId="26608005" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...8 lines deleted...]
-      <w:r>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">1994 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
         <w:tab/>
-      </w:r>
-[...12 lines deleted...]
-        <w:t>, English, German, Education. Universität Hamburg, Advisors: Hanno Segeberg, Bettina Friedl</w:t>
+        <w:t>M.A. in German Literature, University of Cincinnati, Advisor: Susanne Kord</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04447E64" w14:textId="614F4674" w:rsidR="00CA2DBA" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00CA2DBA">
+    <w:p w14:paraId="6BEDB26A" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EEB1987" w14:textId="46863575" w:rsidR="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">RECENT SCHOLARLY OUTPUT: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="391F2055" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A96C80D" w14:textId="620E97FC" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...13 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
-        <w:t>M.A. in German Literature, University of Cincinnati, Advisor: Sus</w:t>
-[...14 lines deleted...]
-      </w:r>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Elfriede Jelineks Texte über Gewalt, Sprache und Gender im globalen Kontext (Elfriede </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Jelinek‘s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Texts </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>about</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Violence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Language, and Gender in a Global </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Context</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">).“ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Sprache und Gewalt: Multiperspektivische Zugänge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Language and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Violence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>: Multi-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Perspective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Approaches</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Paulina Schmid-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Schutti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Praesens</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>, 2025. 218-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>236.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="7C6BB83B" w14:textId="77777777" w:rsidR="00CA2DBA" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00CA2DBA">
+    <w:p w14:paraId="6190CE87" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">“Elfriede Jelinek’s Fairy Tale Rewritings in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Prinzessinnendramen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I-II (Schneewittchen) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(Dornröschen)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>: A Feminist “</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parasitic“ Approach.“ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Austrian Studies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vol. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>57. 3/4, fall/winter 2024. 191-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>219.*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="69CE1BEA" w14:textId="142571BE" w:rsidR="00450F9A" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="00257D20">
-[...31 lines deleted...]
-    <w:p w14:paraId="3BAE4946" w14:textId="77777777" w:rsidR="00CA2DBA" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00CA2DBA">
+    <w:p w14:paraId="5D9315F0" w14:textId="2E75CE00" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Karen Duve’s Short Story “</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Grrrimm</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Werewomen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Werewolves, and Witches in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a Feminist Adaptation of the Grimms’ “Little Red Cap.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Monatshefte für deutschsprachige Literatur und Kultur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vol. 116.4, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>winter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2024. 551-569. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0F7EE584" w14:textId="60CE7FD3" w:rsidR="00A13E1A" w:rsidRPr="005E1260" w:rsidRDefault="00940605" w:rsidP="00A13E1A">
+    <w:p w14:paraId="1912856B" w14:textId="545C0E20" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...30 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rechtspopulismus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">” (Right-wing Populism) article-length entry for the new edition of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Elfriede Jelinek Handbuch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, edited by Pia Janke, Metzler, 2024. 389-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>394.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="4DAC11AA" w14:textId="4C5AB2AB" w:rsidR="00A13E1A" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00A13E1A">
+    <w:p w14:paraId="7695288B" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...20 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">“Barbara Dombrowski’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Tropic Ice: Dialog Between Places Affected by Climate Change.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A Global Humanities Approach to the United Nations’ Sustainable Development Goals: Understanding Planet, People, Prosperity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E1260">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Assistant Professor, School of Modern Languages, Georgia Institute of Technology </w:t>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">edited by Kelly Comfort, Routledge, 2024. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>43-58.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11A66248" w14:textId="65518FE3" w:rsidR="00A13E1A" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00A13E1A">
+    <w:p w14:paraId="5341520F" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-        <w:t>1997, 1998, 1999, 2001 Lecturer of German, Middlebury College Summer School</w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Elfriede Jelineks Texte und Thesen zu Geschlecht und Gewalt," </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Geschlecht und Gewalt: künstlerisch-wissenschaftliche Perspektiven,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>edited</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Andrea Heinz, Vienna: Praesens, 2023. 19-32.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C5D3CEC" w14:textId="0509EFE1" w:rsidR="00F93E48" w:rsidRPr="005E1260" w:rsidRDefault="00CA2DBA" w:rsidP="00A13E1A">
+    <w:p w14:paraId="780AF1AB" w14:textId="0299C7C6" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...15 lines deleted...]
-        <w:t>Teaching Assistant of German, University of Cincinnati</w:t>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">“Ali Samadi Ahadi’s Cinematic Comedy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Salami Aleikum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Humor, Gender, and Muslims in Germany.” </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Colloquia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Germanica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (54. 3-4) 2023. 507-527.*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F51EF1B" w14:textId="77777777" w:rsidR="00450F9A" w:rsidRPr="005E1260" w:rsidRDefault="00450F9A" w:rsidP="00257D20">
-[...114 lines deleted...]
-    <w:p w14:paraId="5BABB590" w14:textId="7C1C2A3F" w:rsidR="00202015" w:rsidRPr="005E1260" w:rsidRDefault="00EC0085" w:rsidP="00EC0085">
+    <w:p w14:paraId="0BF5E324" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00202015" w:rsidRPr="005E1260">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>“Feministische Perspektiven und Autorschaft in Marlene </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Streeruwitz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das wird mir alles nicht passieren... Wie bleibe ich </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>FeministIn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Frag</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Marlene. Feministische</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Gebrauchsanleitungen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">." </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Marlene Streeruwitz. Perspektiven auf Autorin und Werk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>edited</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mandy </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Dröscher-Teille</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und Birgit </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Nuebel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Kontemporär</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Series). Berlin: Springer, 2022. 187-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>206.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="19D526CD" w14:textId="62515E85" w:rsidR="00F42F9C" w:rsidRPr="005E1260" w:rsidRDefault="00EC0085" w:rsidP="00257D20">
-[...98 lines deleted...]
-    <w:p w14:paraId="3DF91434" w14:textId="590B3750" w:rsidR="00EC0085" w:rsidRPr="005E1260" w:rsidRDefault="00EC0085" w:rsidP="00EC0085">
+    <w:p w14:paraId="73179FCF" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t>Professor of the Year</w:t>
-[...17 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">“Oliver Polak, Dave Davis, and Serdar Somuncu: German Comedians Work Against Stereotypes and Discrimination.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Minorities and Minority Discourses in Germany since 1990</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, edited by Ela Gezen, Priscilla Layne, Jonathan Skolnik. New York: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Berghahn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Books, 2022. 119-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>151.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C4B8477" w14:textId="5E7EEFC9" w:rsidR="0035786A" w:rsidRPr="005E1260" w:rsidRDefault="00EC0085" w:rsidP="59C1C705">
-[...299 lines deleted...]
-    <w:p w14:paraId="114300DB" w14:textId="474E64DF" w:rsidR="00F7373E" w:rsidRPr="00F7373E" w:rsidRDefault="00F7373E" w:rsidP="00F7373E">
+    <w:p w14:paraId="6C5AD031" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...15 lines deleted...]
-          <w:lang w:val="de-DE"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F7373E">
-[...115 lines deleted...]
-      <w:r w:rsidRPr="00F7373E">
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Surrealist Aesthetics and Intertextualities in Selected Works by Hanno Millesi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00F7373E">
+        </w:rPr>
+        <w:t xml:space="preserve">Passages: Crossings, Borders, Openings. In Conversation with Austrian Writers: The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C40339">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
-          <w:iCs/>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> (Language and </w:t>
+        </w:rPr>
+        <w:t>Austrian-American</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Podium Dialog</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, edited by Margarete Lamb-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F7373E">
-[...6 lines deleted...]
-        <w:t>Violence</w:t>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Faffelberger</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F7373E">
-[...141 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Gabriele Petricek. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">New York: Peter Lang, 2022. 313-326.*  </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="757CA581" w14:textId="13C79B1E" w:rsidR="003E7453" w:rsidRPr="005E1260" w:rsidRDefault="003E7453" w:rsidP="00F7373E">
+    <w:p w14:paraId="472BF53B" w14:textId="77777777" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...27 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>“</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="005E1260">
-[...4 lines deleted...]
-        <w:t>Rechtspopulismus</w:t>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Intertextualities</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="005E1260">
-[...8 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Elfriede </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Jelinek’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Rein Gold: Ein Bühnenessay</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Seminar:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Elfriede J</w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> 389-</w:t>
+        <w:t xml:space="preserve"> A Journal of Germanic Studies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 57.2 (May 2021). 114-</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00BC3ED8">
-[...17 lines deleted...]
-        <w:t>*</w:t>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>133.*</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2F20939B" w14:textId="374E6A51" w:rsidR="001F233B" w:rsidRPr="00201463" w:rsidRDefault="008001DE" w:rsidP="003E7453">
+    <w:p w14:paraId="46DDEE78" w14:textId="4D073D8E" w:rsidR="00C40339" w:rsidRPr="00C40339" w:rsidRDefault="00C40339" w:rsidP="00C40339">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9180"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...27 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2020</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
-        <w:t>“</w:t>
-[...11 lines deleted...]
-          <w:bCs/>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“From the Body in Pain to the Body Transformed: Feminist and Trans Readings of Franz Kafka.” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Journal </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...102 lines deleted...]
-        <w:t>*</w:t>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Austrian Studies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C40339">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 53.4 (Winter 2020) 51-73.*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A5554B" w14:textId="07B9E5B3" w:rsidR="007A2A96" w:rsidRPr="00D05B46" w:rsidRDefault="00D05B46" w:rsidP="59C1C705">
-[...26949 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:sectPr w:rsidR="00C40339" w:rsidRPr="00C40339">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...57 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1054 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="165"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0052685A"/>
-[...510 lines deleted...]
-    <w:rsid w:val="6E0B9FFB"/>
+    <w:rsidRoot w:val="00C40339"/>
+    <w:rsid w:val="00165BA3"/>
+    <w:rsid w:val="0019649A"/>
+    <w:rsid w:val="00345A7A"/>
+    <w:rsid w:val="00A42719"/>
+    <w:rsid w:val="00AE1E5A"/>
+    <w:rsid w:val="00BF11C6"/>
+    <w:rsid w:val="00C40339"/>
+    <w:rsid w:val="00CB7696"/>
+    <w:rsid w:val="00D03A92"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotAutoCompressPictures/>
-[...5 lines deleted...]
-  </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="442220DB"/>
-  <w15:docId w15:val="{6BB46A3E-1238-4F70-B093-07A384DB890C}"/>
+  <w14:docId w14:val="344A5271"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{9AB004E2-63FE-4245-A26D-7A69556B260D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -32276,51 +2190,51 @@
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Block Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -32346,51 +2260,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -32459,50 +2373,59 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -32563,1083 +2486,935 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C75AF5"/>
-[...7 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="000E50CA"/>
+    <w:rsid w:val="00C40339"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="000E50CA"/>
+    <w:rsid w:val="00C40339"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="000E50CA"/>
+    <w:rsid w:val="00C40339"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="000E50CA"/>
+    <w:rsid w:val="00C40339"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:b/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
       <w:iCs/>
-      <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C40339"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B21C15"/>
+    <w:rsid w:val="00C40339"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C40339"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C40339"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00C40339"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C40339"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C40339"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C40339"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C40339"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C40339"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C40339"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C40339"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C40339"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C40339"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C40339"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00C40339"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C40339"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00C40339"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C40339"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00C40339"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0052685A"/>
+    <w:rsid w:val="00C40339"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C40339"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AE3484"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C40339"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-    <w:name w:val="Header Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Header"/>
-[...15 lines deleted...]
-    </w:pPr>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00C40339"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-    <w:name w:val="Footer Char"/>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Footer"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00AE3484"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C40339"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...24 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:color w:val="000000" w:themeColor="text1"/>
-[...104 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00672F49"/>
+    <w:rsid w:val="00C40339"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
-  </w:style>
-[...61 lines deleted...]
-    <w:rsid w:val="0028695C"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0028695C"/>
+    <w:rsid w:val="00C40339"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
-[...15 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...10 lines deleted...]
-    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00194951"/>
+    <w:rsid w:val="00C40339"/>
     <w:pPr>
-      <w:spacing w:after="100"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...1 lines deleted...]
-    <w:name w:val="d-block"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="000900F4"/>
-[...14 lines deleted...]
-    <w:rsid w:val="001B3678"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C40339"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:divs>
-[...200 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dickinson.edu/glossen/heft26/article26/kallin26.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://jelinektabu.univie.ac.at/home/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.literaryencyclopedia.com/php/speople.php?rec=true&amp;UID=11721" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://blogs.dickinson.edu/glossen/most-recent-issue-glossen-332011/britta-" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jelinekgender.univie.ac.at/theorie/kallin-nakagome-fragebogen/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalfeministcollective.net/index.php/2020/05/30/feminist-scholarship-and-feminist-climate-activism/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.litencyc.com/php/sworks.php?rec=true&amp;UID=20581" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://blogs.dickinson.edu/glossen/most-recent-issue-glossen-372013/britta-kallinglossen-37-2013/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifvjelinek.at/forschungsarbeiten/projekt-geschlecht-und-gewalt/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jelinektabu.univie.ac.at/politik/protest/britta-kallin/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dickinson.edu/glossen/heft21/index.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fpjelinek.univie.ac.at/fileadmin/user_upload/proj_ejfz/PDF-Downloads/Brucher_Felber_Kallin_.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iac.gatech.edu/people/person/britta-kallin" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>24</Pages>
-[...1 lines deleted...]
-  <Characters>53390</Characters>
+  <Pages>2</Pages>
+  <Words>577</Words>
+  <Characters>3723</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>444</Lines>
-  <Paragraphs>125</Paragraphs>
+  <Lines>73</Lines>
+  <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Georgia Tech</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>62631</CharactersWithSpaces>
+  <CharactersWithSpaces>4258</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Susan Cozzens</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Kallin, Britta</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>